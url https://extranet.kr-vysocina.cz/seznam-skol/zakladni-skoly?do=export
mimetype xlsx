--- v0 (2025-11-22)
+++ v1 (2026-01-29)
@@ -1502,51 +1502,51 @@
   <si>
     <t>piklova.renata@zsbuttulova.cz</t>
   </si>
   <si>
     <t>Základní škola Chotěboř, Smetanova 745, okres Havlíčkův Brod</t>
   </si>
   <si>
     <t>Ing. Milan Janda</t>
   </si>
   <si>
     <t>janda.milan@echotebor.cz</t>
   </si>
   <si>
     <t>Základní škola Dolní Vilémovice 42</t>
   </si>
   <si>
     <t>Mgr. Hana Škodová</t>
   </si>
   <si>
     <t>zs-dolnivilemovice@seznam.cz</t>
   </si>
   <si>
     <t>Základní škola EQ</t>
   </si>
   <si>
-    <t>Bc. Lucie Pešková</t>
+    <t>Hana Kučerová</t>
   </si>
   <si>
     <t>info@zs-eq.cz</t>
   </si>
   <si>
     <t>Základní škola Erazim 4</t>
   </si>
   <si>
     <t>Matěj Frgala</t>
   </si>
   <si>
     <t>spam@erazim.cz</t>
   </si>
   <si>
     <t>Základní škola Hany Benešové a Mateřská škola Bory, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Ondřej Bachr</t>
   </si>
   <si>
     <t>o.bachr@zsbory.cz</t>
   </si>
   <si>
     <t>Základní škola Havlíčkův Brod, Nuselská 3240</t>
   </si>