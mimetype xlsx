--- v0 (2025-11-22)
+++ v1 (2026-01-29)
@@ -12,77 +12,77 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1539">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1538">
   <si>
     <t>Název</t>
   </si>
   <si>
     <t>Ředitel</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Active - středisko volného času, příspěvková organizace</t>
   </si>
   <si>
     <t>Ing. Jan Ptáček</t>
   </si>
   <si>
     <t>ptacek@activezdar.cz</t>
   </si>
   <si>
     <t>Agro-technická střední škola Bystřice nad Pernštejnem</t>
   </si>
   <si>
     <t>Mgr. Miroslav Novák</t>
   </si>
   <si>
-    <t>info@agts.cz</t>
+    <t>novak.mirek@agts.cz</t>
   </si>
   <si>
     <t>Akademie práva, pedagogiky a podnikání, s.r.o. Střední škola Třebíč</t>
   </si>
   <si>
     <t>Ing. Renata Hrušková</t>
   </si>
   <si>
     <t>renata.hruskova@appp.cz</t>
   </si>
   <si>
     <t>Akademie Světlá nad Sázavou, střední škola a vyšší odborná škola</t>
   </si>
   <si>
     <t>Ing. Martin Kubín</t>
   </si>
   <si>
     <t>kubin@akademie-svetla.cz</t>
   </si>
   <si>
     <t>AZ CENTRUM Havlíčkův Brod - Středisko volného času, příspěvková organizace</t>
   </si>
   <si>
     <t>MgA. Martin Domkář</t>
   </si>
@@ -134,87 +134,87 @@
   <si>
     <t>Česká zemědělská akademie v Humpolci, střední škola</t>
   </si>
   <si>
     <t>Ing. Zdeněk Smištík</t>
   </si>
   <si>
     <t>reditel@cza-hu.cz</t>
   </si>
   <si>
     <t>Dětský domov Klubíčko</t>
   </si>
   <si>
     <t>Mgr. et Mgr. Hana Švecová</t>
   </si>
   <si>
     <t>reditel@ddklubicko.cz</t>
   </si>
   <si>
     <t>Dětský domov Korálky</t>
   </si>
   <si>
     <t>Mgr. Martina Buchalová Horská</t>
   </si>
   <si>
-    <t>info@ddkoralky.cz</t>
+    <t>reditelstvi@ddkoralky.cz</t>
   </si>
   <si>
     <t>Dětský domov se školou, základní škola a školní jídelna, Jihlava, Dělnická 1</t>
   </si>
   <si>
     <t>Mgr. Miroslava Floriánová, DT</t>
   </si>
   <si>
     <t>info@ddssjihlava.cz</t>
   </si>
   <si>
     <t>Dětský domov Telč, Štěpnická 111</t>
   </si>
   <si>
     <t>Mgr. Milan Opravil</t>
   </si>
   <si>
     <t>telc.dr@seznam.cz</t>
   </si>
   <si>
     <t>Dětský domov, Jemnice, Třešňová 748</t>
   </si>
   <si>
     <t>Mgr. et Mgr. Jiřina Kühnelová</t>
   </si>
   <si>
     <t>domov@ddjemnice.cz</t>
   </si>
   <si>
     <t>Dětský domov, Nová Ves u Chotěboře 1</t>
   </si>
   <si>
     <t>Mgr. Zuzana Kalvodová Dymáčková, MBA</t>
   </si>
   <si>
-    <t>dd@doubravanek.cz</t>
+    <t>kalvodova@doubravanek.cz</t>
   </si>
   <si>
     <t>Dětský domov, Rovečné 40</t>
   </si>
   <si>
     <t>Mgr. Radovan Pokorný</t>
   </si>
   <si>
     <t>ddrovecne@seznam.cz</t>
   </si>
   <si>
     <t>Domov mládeže při FC Vysočina Jihlava, a.s.</t>
   </si>
   <si>
     <t>Mgr. Miloslav Císař</t>
   </si>
   <si>
     <t>fcvysocina@ji.cz</t>
   </si>
   <si>
     <t>Dóza - středisko volného času Velké Meziříčí, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Jaroslava Živčicová</t>
   </si>
@@ -296,78 +296,78 @@
   <si>
     <t>FARMEKO - Vyšší odborná škola zdravotnická a Střední odborná škola, s.r.o.</t>
   </si>
   <si>
     <t>Mgr. Lukáš Váca</t>
   </si>
   <si>
     <t>reditel@farmeko.cz</t>
   </si>
   <si>
     <t>Gastro-technická střední škola Velké Meziříčí</t>
   </si>
   <si>
     <t>Mgr. Petra Tomanová</t>
   </si>
   <si>
     <t>petra.tomanova@ga-te.cz</t>
   </si>
   <si>
     <t>Gymnázium a Obchodní akademie Pelhřimov</t>
   </si>
   <si>
     <t>Mgr. Aleš Petrák</t>
   </si>
   <si>
-    <t>gype@gymnazium-pe.cz</t>
+    <t>petrak@gyoa.cz</t>
   </si>
   <si>
     <t>Gymnázium a Střední odborná škola Moravské Budějovice</t>
   </si>
   <si>
     <t>Mgr. František Dubský</t>
   </si>
   <si>
     <t>dubsky.frantisek@gymsosmb.cz</t>
   </si>
   <si>
     <t>Gymnázium Bystřice nad Pernštejnem</t>
   </si>
   <si>
     <t>Mgr. Libor Veselý</t>
   </si>
   <si>
     <t>libor.vesely@gybnp.cz</t>
   </si>
   <si>
     <t>Gymnázium Chotěboř</t>
   </si>
   <si>
     <t>Mgr. Ivona Pavlíčková</t>
   </si>
   <si>
-    <t>gch@gch.cz</t>
+    <t>pavlickovai@gch.cz</t>
   </si>
   <si>
     <t>Gymnázium dr. A. Hrdličky Humpolec</t>
   </si>
   <si>
     <t>Mgr. Jiří Dalík</t>
   </si>
   <si>
     <t>red@gymhu.cz</t>
   </si>
   <si>
     <t>Gymnázium Havlíčkův Brod</t>
   </si>
   <si>
     <t>PhDr. Hynek Bouchal, Ph.D.</t>
   </si>
   <si>
     <t>ghb@ghb.cz</t>
   </si>
   <si>
     <t>Gymnázium Jihlava</t>
   </si>
   <si>
     <t>Mgr. Pavel Suk</t>
   </si>
@@ -377,51 +377,51 @@
   <si>
     <t>Gymnázium Otokara Březiny a Střední odborná škola Telč</t>
   </si>
   <si>
     <t>Mgr. Bc. Lenka Procházková</t>
   </si>
   <si>
     <t>prochazkova@gstelc.cz</t>
   </si>
   <si>
     <t>Gymnázium Pacov</t>
   </si>
   <si>
     <t>Mgr. Josef Novák</t>
   </si>
   <si>
     <t>gpacov@email.cz</t>
   </si>
   <si>
     <t>Gymnázium Třebíč</t>
   </si>
   <si>
     <t>RNDr. Alice Burešová</t>
   </si>
   <si>
-    <t>gymnazium.trebic@gtr.cz</t>
+    <t>buresovaa@gtr.cz</t>
   </si>
   <si>
     <t>Gymnázium Velké Meziříčí</t>
   </si>
   <si>
     <t>Mgr. Ilona Pokorná</t>
   </si>
   <si>
     <t>pokorna@gvm.cz</t>
   </si>
   <si>
     <t>Gymnázium Vincence Makovského Nové Město na Moravě</t>
   </si>
   <si>
     <t>Mgr. Pavel Dostál</t>
   </si>
   <si>
     <t>dostal@gynome.cz</t>
   </si>
   <si>
     <t>Gymnázium Žďár nad Sázavou</t>
   </si>
   <si>
     <t>Mgr. Vlastimil Čepelák</t>
   </si>
@@ -551,54 +551,54 @@
   <si>
     <t>hana.belingerova@mszsslunecnice.cz</t>
   </si>
   <si>
     <t>Mateřská škola Beránek, Malý Beranov</t>
   </si>
   <si>
     <t>Bc. Liběna Vlachová</t>
   </si>
   <si>
     <t>msmberanov@ji.cz</t>
   </si>
   <si>
     <t>Mateřská škola Bítovčice, příspěvková organizace</t>
   </si>
   <si>
     <t>Eva Čermáková</t>
   </si>
   <si>
     <t>ms.bitovcice@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Bobrová, příspěvková organizace</t>
   </si>
   <si>
-    <t>Mgr. Gabriela Mikišková</t>
-[...2 lines deleted...]
-    <t>ms.bobrova@tiscali.cz</t>
+    <t>Mgr. Soňa Šikolová</t>
+  </si>
+  <si>
+    <t>ms.bobrova@mestysbobrova.cz</t>
   </si>
   <si>
     <t>Mateřská škola Březí, příspěvková organizace</t>
   </si>
   <si>
     <t>Alena Vrbková</t>
   </si>
   <si>
     <t>skolkabrezi@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Budíkov</t>
   </si>
   <si>
     <t>Jana Neuberová</t>
   </si>
   <si>
     <t>msbudikov.neuberova@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Budišov - příspěvková organizace</t>
   </si>
   <si>
     <t>Bc. Michaela Večeřová</t>
   </si>
@@ -743,66 +743,66 @@
   <si>
     <t>Mateřská škola Jámy - příspěvková organizace, okres Žďár nad Sázavou</t>
   </si>
   <si>
     <t>Ivana Mottlová</t>
   </si>
   <si>
     <t>msjamy@centrum.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Mateřská škola Jaroměřice nad Rokytnou </t>
   </si>
   <si>
     <t>Mgr. Jarmila Soukupová</t>
   </si>
   <si>
     <t>ms@ms-jaromerice.cz</t>
   </si>
   <si>
     <t>Mateřská škola Jersín 80, příspěvková organizace</t>
   </si>
   <si>
     <t>Monika Matulková</t>
   </si>
   <si>
-    <t>msjersin@msjersin,cz</t>
+    <t>info@msjersin.cz</t>
   </si>
   <si>
     <t>Mateřská škola Kaliště</t>
   </si>
   <si>
     <t>Pavlína Píchová</t>
   </si>
   <si>
     <t>mskaliste.pichova@email.cz</t>
   </si>
   <si>
     <t>MATEŘSKÁ ŠKOLA KALIŠTĚ, okres Jihlava, příspěvková organizace</t>
   </si>
   <si>
-    <t>Miroslava Kadlecová</t>
+    <t>Jaroslava Lojková</t>
   </si>
   <si>
     <t>beruska@ms-kaliste.cz</t>
   </si>
   <si>
     <t>Mateřská škola Kámen, okres Pelhřimov</t>
   </si>
   <si>
     <t>Dagmar Mikešová</t>
   </si>
   <si>
     <t>mskamen@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Kamínek, příspěvková organizace</t>
   </si>
   <si>
     <t>Bc. Soňa Valová</t>
   </si>
   <si>
     <t>ms.kaminek@email.cz</t>
   </si>
   <si>
     <t>Mateřská škola KAŠTÁNEK, Rantířov, příspěvková organizace</t>
   </si>
@@ -965,51 +965,51 @@
   <si>
     <t>mshusova@tiscali.cz</t>
   </si>
   <si>
     <t>Mateřská škola Náměšť nad Oslavou Třebíčská, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Ivana Šanderová</t>
   </si>
   <si>
     <t>mstrebicska@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Nárameč, príspěvková organizace</t>
   </si>
   <si>
     <t>Lenka Šmídová</t>
   </si>
   <si>
     <t>ms@naramec.cz</t>
   </si>
   <si>
     <t>Mateřská škola Nevcehle, příspěvková organizace</t>
   </si>
   <si>
-    <t>Eva Nováková</t>
+    <t>Jana Krechlerová</t>
   </si>
   <si>
     <t>msnevcehle@tiscali.cz</t>
   </si>
   <si>
     <t>Mateřská škola Nížkov, příspěvková organizace</t>
   </si>
   <si>
     <t>Bc. Iva Štikarová</t>
   </si>
   <si>
     <t>msnizkov@seznam.cz</t>
   </si>
   <si>
     <t>MATEŘSKÁ ŠKOLA Nové Dvory, příspěvková organizace</t>
   </si>
   <si>
     <t>Blanka Šulcová, DiS.</t>
   </si>
   <si>
     <t>ms@novedvory.eu</t>
   </si>
   <si>
     <t>Mateřská škola Nové Město na Moravě,příspěvková organizace</t>
   </si>
@@ -1280,51 +1280,51 @@
   <si>
     <t>skolka@ms-senozaty.cz</t>
   </si>
   <si>
     <t>Mateřská škola Stránecká Zhoř, příspěvková organizace</t>
   </si>
   <si>
     <t>Bc. Iveta Hobzová</t>
   </si>
   <si>
     <t>ms.strzhor@tiscali.cz</t>
   </si>
   <si>
     <t>Mateřská škola Stříbrné Hory</t>
   </si>
   <si>
     <t>Barbora Žáková</t>
   </si>
   <si>
     <t>msstribrnehory@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Střítež</t>
   </si>
   <si>
-    <t>Bc. Veronika Sobotková</t>
+    <t>Bc. Veronika Hrbáčová</t>
   </si>
   <si>
     <t>ms.stritez@email.cz</t>
   </si>
   <si>
     <t>Mateřská škola Studnička</t>
   </si>
   <si>
     <t>Daniela Součková</t>
   </si>
   <si>
     <t>skolka@vysokestudnice.eu</t>
   </si>
   <si>
     <t>Mateřská škola Sudice,okres Třebíč,příspěvková organizace</t>
   </si>
   <si>
     <t>Ivana Suchá</t>
   </si>
   <si>
     <t>mssudice@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Svatoslav</t>
   </si>
@@ -1478,51 +1478,51 @@
   <si>
     <t>ms.vatin@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Věchnov, příspěvková organizace</t>
   </si>
   <si>
     <t>Bc. Jana Bělíková, Dis</t>
   </si>
   <si>
     <t>msvechnov@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Velká Bíteš, Masarykovo náměstí 86, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Hana Sedláková</t>
   </si>
   <si>
     <t>skolka.bites@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Velká Bíteš, U Stadionu 538, příspěvková organizace</t>
   </si>
   <si>
-    <t>Jiřina Janíková</t>
+    <t>Mgr. Naděžda Burianová</t>
   </si>
   <si>
     <t>reditelka@msbites.cz</t>
   </si>
   <si>
     <t>Mateřská škola Velká Chyška</t>
   </si>
   <si>
     <t>Jana Rakouská</t>
   </si>
   <si>
     <t>ms@velkachyska.cz</t>
   </si>
   <si>
     <t>Mateřská škola Velké Meziříčí, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Zdeňka Požárová</t>
   </si>
   <si>
     <t>reditelkams@skolkavm.cz</t>
   </si>
   <si>
     <t>Mateřská škola Vídeň</t>
   </si>
@@ -1550,81 +1550,81 @@
   <si>
     <t>ms.viska@centrum.cz</t>
   </si>
   <si>
     <t>Mateřská škola Vojnův Městec, příspěvková organizace</t>
   </si>
   <si>
     <t>Jana Losenická Ondráčková</t>
   </si>
   <si>
     <t>msvojnuvmestec@seznam.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Mateřská škola Za Branou </t>
   </si>
   <si>
     <t>Bc. Dana Maděrová</t>
   </si>
   <si>
     <t>ms.zabranou.pacov@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Zachotín, okres Pelhřimov</t>
   </si>
   <si>
-    <t>Gabriela Muschová</t>
+    <t>Lucie Chadimová</t>
   </si>
   <si>
     <t>zachotin@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Žďár nad Sázavou, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Iveta Klusáková</t>
   </si>
   <si>
     <t>reditelstvi@mszdar.cz</t>
   </si>
   <si>
     <t>Mateřská škola Ždírec</t>
   </si>
   <si>
     <t>Mgr. Jitka Bednářová</t>
   </si>
   <si>
     <t>mszdirec@tiscali.cz</t>
   </si>
   <si>
     <t>Mateřská škola Žižkovo Pole, okres Havlíčkův Brod</t>
   </si>
   <si>
-    <t>Michala Najmanová, DiS</t>
-[...2 lines deleted...]
-    <t>mszpole@zizkovopole.cz</t>
+    <t>Kateřina Klementová</t>
+  </si>
+  <si>
+    <t>mszizkovopole@gmail.com</t>
   </si>
   <si>
     <t>Mateřská škola, Střítež 177, okres Třebíč, příspěvková organizace</t>
   </si>
   <si>
     <t>Naďa Musilová</t>
   </si>
   <si>
     <t>ms.stritez@seznam.cz</t>
   </si>
   <si>
     <t>Meruzalka-Montessori mateřská škola a základní škola v Jihlavě, o.p.s.</t>
   </si>
   <si>
     <t>Mgr. Jana Procházková</t>
   </si>
   <si>
     <t>prochazkova.jana@meruzalka.cz</t>
   </si>
   <si>
     <t>Montessori střední škola, základní škola a mateřská škola Polná</t>
   </si>
   <si>
     <t>Mgr. Lenka Marková</t>
   </si>
@@ -1796,113 +1796,113 @@
   <si>
     <t>Střední odborná škola Nové Město na Moravě</t>
   </si>
   <si>
     <t>Mgr. Jan Petr</t>
   </si>
   <si>
     <t>petr@sos-nmor.cz</t>
   </si>
   <si>
     <t>Střední odborná škola sociální u Matky Boží  Jihlava</t>
   </si>
   <si>
     <t>Mgr. Kateřina Šimková</t>
   </si>
   <si>
     <t>simkova@sosmb.cz</t>
   </si>
   <si>
     <t>Střední odborná škola, Střední odborné učiliště a Základní škola Třešť</t>
   </si>
   <si>
     <t>Ing. Mgr. Karel Matějů</t>
   </si>
   <si>
-    <t>sskola@outlook.cz</t>
+    <t>mateju@sskola-trest.cz</t>
   </si>
   <si>
     <t>Střední průmyslová škola a Střední odborné učiliště Pelhřimov</t>
   </si>
   <si>
     <t>Mgr. Lukáš Tříska</t>
   </si>
   <si>
     <t>triska.lukas@spssou-pe.cz</t>
   </si>
   <si>
     <t>Střední průmyslová škola Jihlava</t>
   </si>
   <si>
     <t>Ing. Dana Kohárová</t>
   </si>
   <si>
     <t>koharova@prumyslovkajihlava.cz</t>
   </si>
   <si>
     <t>Střední průmyslová škola stavební akademika Stanislava Bechyně Havlíčkův Brod</t>
   </si>
   <si>
     <t>Ing. Josef Charamza</t>
   </si>
   <si>
     <t>charamzam@stavskola.cz</t>
   </si>
   <si>
     <t>Střední průmyslová škola Třebíč</t>
   </si>
   <si>
     <t>Ing. Petra Hrbáčková</t>
   </si>
   <si>
-    <t>office@spst.cz</t>
+    <t>PHrbackova@spst.cz</t>
   </si>
   <si>
     <t>Střední průmyslová škola Žďár nad Sázavou</t>
   </si>
   <si>
     <t>Ing. Jiří Straka</t>
   </si>
   <si>
     <t>posta@spszr.cz; straka@spszr.cz</t>
   </si>
   <si>
+    <t>Střední škola Adolpha Kolpinga, školská právnická osoba</t>
+  </si>
+  <si>
+    <t>skola@ssgak.cz</t>
+  </si>
+  <si>
     <t>Střední škola Akademie AGROSTROJ, s.r.o.</t>
   </si>
   <si>
     <t>Ing. Mgr. et Mgr. Ludmila Baláková, Ph.D., MBA</t>
   </si>
   <si>
     <t>reditel@akademie-agrostroj.cz</t>
   </si>
   <si>
-    <t>Střední škola gastronomická  Adolpha Kolpinga</t>
-[...4 lines deleted...]
-  <si>
     <t>Střední škola informatiky a cestovního ruchu SČMSD Humpolec, s.r.o.</t>
   </si>
   <si>
     <t>Ing. Olga Krankusová</t>
   </si>
   <si>
     <t>info@stredniskola.com</t>
   </si>
   <si>
     <t>Střední škola obchodní a služeb SČMSD, Žďár nad Sázavou, s.r.o.</t>
   </si>
   <si>
     <t>Ing. Radka Hronková</t>
   </si>
   <si>
     <t>hronkova@obchodskolazr.cz</t>
   </si>
   <si>
     <t>Střední škola řemesel a služeb Moravské Budějovice</t>
   </si>
   <si>
     <t>Ing. Tomáš Dolejský</t>
   </si>
   <si>
     <t>dolejsky@ssrs.cz</t>
@@ -1910,114 +1910,111 @@
   <si>
     <t>Střední škola stavební Jihlava</t>
   </si>
   <si>
     <t>Ing. Markéta Metelková</t>
   </si>
   <si>
     <t>mmetelkova@ssstavji.cz</t>
   </si>
   <si>
     <t>Střední škola stavební Třebíč</t>
   </si>
   <si>
     <t>Ing. Jiří Kurka</t>
   </si>
   <si>
     <t>kurka@stavtr.cz</t>
   </si>
   <si>
     <t>Střední škola technicko-ekonomická Chotěboř</t>
   </si>
   <si>
     <t>Mgr. Luděk Benák</t>
   </si>
   <si>
-    <t>skola@sste.cz</t>
+    <t>benak@sste.cz</t>
   </si>
   <si>
     <t>Střední uměleckoprůmyslová škola Jihlava-Helenín</t>
   </si>
   <si>
     <t>Mgr. Silvie Čermáková</t>
   </si>
   <si>
     <t>reditel@helenin.cz</t>
   </si>
   <si>
     <t>Střední zdravotnická škola a Vyšší odborná škola zdravotnická Havlíčkův Brod</t>
   </si>
   <si>
     <t>Mgr. Radka Bouchalová</t>
   </si>
   <si>
-    <t>zdravskol@zdravskolhb.cz</t>
+    <t>rbouchalova@zdravskolhb.cz</t>
   </si>
   <si>
     <t>Střední zdravotnická škola a Vyšší odborná škola zdravotnická Žďár nad Sázavou</t>
   </si>
   <si>
     <t>Mgr. Stanislav Šmerda</t>
   </si>
   <si>
     <t>smerda@szszr.cz</t>
   </si>
   <si>
     <t>Škola ekonomiky a cestovního ruchu, soukromá střední odborná škola s. r. o.</t>
   </si>
   <si>
     <t>Ing. David Vítek</t>
   </si>
   <si>
     <t>skola@secr.cz</t>
   </si>
   <si>
     <t>Školní statek, Humpolec, Dusilov 384</t>
   </si>
   <si>
     <t>Ing. Jan Mácha</t>
   </si>
   <si>
     <t>reditel.statek@pel.cz</t>
   </si>
   <si>
     <t>TEMPO - středisko volného času Polná</t>
   </si>
   <si>
     <t>Mgr. Tomáš Klíma</t>
   </si>
   <si>
     <t>info@svctempo.cz</t>
   </si>
   <si>
-    <t>TRIVIS - Střední škola veřejnoprávní Jihlava, s. r. o.</t>
-[...5 lines deleted...]
-    <t>hason@trivis.cz</t>
+    <t>TRIVIS - Střední škola veřejnoprávní Jihlava, s.r.o.</t>
+  </si>
+  <si>
+    <t>benes@trivis.cz</t>
   </si>
   <si>
     <t>Trojlístek – dětský domov a centrum pro rodinu, příspěvková organizace</t>
   </si>
   <si>
     <t>Ing. Šárka Hájková, DiS.</t>
   </si>
   <si>
     <t>hajkova@ddkamenicenl.cz</t>
   </si>
   <si>
     <t>Výchovný ústav , dětský domov se školou, střední škola, základní škola a školní jídelna, Počátky, Horní 617</t>
   </si>
   <si>
     <t>Mgr. Jiřina Nesládková</t>
   </si>
   <si>
     <t>vudds.pocatky@seznam.cz</t>
   </si>
   <si>
     <t>Výchovný ústav, středisko výchovné péče, střední škola a školní jídelna, Černovice, Jirákova 285</t>
   </si>
   <si>
     <t>Mgr. et Mgr. Bc. Josef Michálek</t>
   </si>
@@ -2936,51 +2933,51 @@
   <si>
     <t>Základní škola a Mateřská škola Polnička, okres Žďár nad Sázavou</t>
   </si>
   <si>
     <t>Mgr. Romana Chlubnová</t>
   </si>
   <si>
     <t>reditelstvi@zspolnicka.cz</t>
   </si>
   <si>
     <t>Základní škola a Mateřská škola Předín</t>
   </si>
   <si>
     <t>Mgr. Josef Herbrych</t>
   </si>
   <si>
     <t>josef.herbrych@zspredin.cz</t>
   </si>
   <si>
     <t>Základní škola a Mateřská škola při zdravotnických zařízeních Kraje Vysočina</t>
   </si>
   <si>
     <t>Mgr. Jana Sedláková</t>
   </si>
   <si>
-    <t>sedlakova.skoly@atlas.cz</t>
+    <t>sedlakova.j@skolyzz.cz</t>
   </si>
   <si>
     <t>Základní škola a mateřská škola Puklice, p.o</t>
   </si>
   <si>
     <t>Mgr. Jaroslava Němcová</t>
   </si>
   <si>
     <t>reditel@zspuklice.cz</t>
   </si>
   <si>
     <t>Základní škola a mateřská škola Pyšel, okres Třebíč, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Miroslava Nezvalová</t>
   </si>
   <si>
     <t>zspysel@seznam.cz</t>
   </si>
   <si>
     <t>Základní škola a Mateřská škola Radešínská Svratka, okres Žďár nad Sázavou, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Lucie Hlaváčová DiS.</t>
   </si>
@@ -3476,60 +3473,60 @@
   <si>
     <t>Základní škola a Mateřská škola Žirovnice</t>
   </si>
   <si>
     <t>Mgr. Dagmar Brýnová</t>
   </si>
   <si>
     <t>zs@zsamszirovnice.cz</t>
   </si>
   <si>
     <t>Základní škola a matřská školaTřebíč, Bartuškova 700</t>
   </si>
   <si>
     <t>Mgr. Leoš Šeda</t>
   </si>
   <si>
     <t>seda@zsbartuskova.cz</t>
   </si>
   <si>
     <t>Základní škola a Praktická škola Chotěboř</t>
   </si>
   <si>
     <t>Mgr. Bc. Drahomíra Danielková</t>
   </si>
   <si>
-    <t>specialniskoly.chot@seznam.cz</t>
+    <t>danielkova@zs-chotebor.com</t>
   </si>
   <si>
     <t>Základní škola a Praktická škola Nové Město na Moravě, Malá 154</t>
   </si>
   <si>
     <t>Mgr. Bohuslav Žilka</t>
   </si>
   <si>
-    <t>info@zsmala.cz</t>
+    <t>zilka.b@zsmala.cz</t>
   </si>
   <si>
     <t>Základní škola a Praktická škola Velká Bíteš, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Blanka Gaizurová, MBA</t>
   </si>
   <si>
     <t>reditelka@specskolabites.cz</t>
   </si>
   <si>
     <t>Základní škola a Praktická škola Velké Meziříčí</t>
   </si>
   <si>
     <t>Mgr. Josef Prokop</t>
   </si>
   <si>
     <t>info@zsspecialnivm.cz</t>
   </si>
   <si>
     <t>Základní škola a Praktická škola, U Trojice 2104, Havlíčkův Brod</t>
   </si>
   <si>
     <t>Mgr. Eva Kořínková</t>
   </si>
@@ -3566,84 +3563,84 @@
   <si>
     <t>Základní škola Budišov - příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Veronika Ležáková</t>
   </si>
   <si>
     <t>veronika.lezakova@zsbudisov.cz</t>
   </si>
   <si>
     <t>Základní škola Bystřice n. P., Nádražní 615</t>
   </si>
   <si>
     <t>Mgr. Hana Kopecká</t>
   </si>
   <si>
     <t>kopecka.h@zsbystrice.cz</t>
   </si>
   <si>
     <t>Základní škola Bystřice nad Pernštejnem, Tyršova 106</t>
   </si>
   <si>
     <t>Mgr. Iveta Ostrýžová</t>
   </si>
   <si>
-    <t>iozstbynp@seznam.cz</t>
+    <t>ivetaostryzova@seznam.cz</t>
   </si>
   <si>
     <t>Základní škola Chotěboř, Buttulova 74, okres Havlíčkův Brod</t>
   </si>
   <si>
     <t>Mgr. Renáta Piklová</t>
   </si>
   <si>
     <t>piklova.renata@zsbuttulova.cz</t>
   </si>
   <si>
     <t>Základní škola Chotěboř, Smetanova 745, okres Havlíčkův Brod</t>
   </si>
   <si>
     <t>Ing. Milan Janda</t>
   </si>
   <si>
     <t>janda.milan@echotebor.cz</t>
   </si>
   <si>
     <t>Základní škola Dolní Vilémovice 42</t>
   </si>
   <si>
     <t>Mgr. Hana Škodová</t>
   </si>
   <si>
     <t>zs-dolnivilemovice@seznam.cz</t>
   </si>
   <si>
     <t>Základní škola EQ</t>
   </si>
   <si>
-    <t>Bc. Lucie Pešková</t>
+    <t>Hana Kučerová</t>
   </si>
   <si>
     <t>info@zs-eq.cz</t>
   </si>
   <si>
     <t>Základní škola Erazim 4</t>
   </si>
   <si>
     <t>Matěj Frgala</t>
   </si>
   <si>
     <t>spam@erazim.cz</t>
   </si>
   <si>
     <t>Základní škola Hany Benešové a Mateřská škola Bory, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Ondřej Bachr</t>
   </si>
   <si>
     <t>o.bachr@zsbory.cz</t>
   </si>
   <si>
     <t>Základní škola Havlíčkův Brod, Nuselská 3240</t>
   </si>
@@ -4052,51 +4049,51 @@
   <si>
     <t>Základní škola Police, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Marie Frühaufová</t>
   </si>
   <si>
     <t>zspolice@seznam.cz</t>
   </si>
   <si>
     <t>Základní škola Polná, okres Jihlava</t>
   </si>
   <si>
     <t>Mgr. Zbyněk Wasserbauer, MBA</t>
   </si>
   <si>
     <t>zbynek.wasserbauer@zs-polna.cz</t>
   </si>
   <si>
     <t>Základní škola při dětské psychiatrické nemocnici Velká Bíteš</t>
   </si>
   <si>
     <t>Mgr. Alice Bednářová</t>
   </si>
   <si>
-    <t xml:space="preserve">bednarova@zsdpnbites.cz </t>
+    <t>bednarova@zsdpnbites.cz</t>
   </si>
   <si>
     <t>Základní škola Přibyslav</t>
   </si>
   <si>
     <t>Mgr. Jaroslava Janů</t>
   </si>
   <si>
     <t>januj@zspribyslav.cz</t>
   </si>
   <si>
     <t>Základní škola Prosetín a Mateřská škola Prosetín, okres Žďár nad Sázavou, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Kateřina Fučíková</t>
   </si>
   <si>
     <t>fucikova.katerina@zsprosetin.cz</t>
   </si>
   <si>
     <t>Základní škola Rapotice, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Roman Jánský</t>
   </si>
@@ -4241,51 +4238,51 @@
   <si>
     <t>Základní škola Třebíč Týnská 8</t>
   </si>
   <si>
     <t>Mgr. Petr Volf</t>
   </si>
   <si>
     <t>volf@zstynska.cz</t>
   </si>
   <si>
     <t>Základní škola Třebíč, Benešova 585</t>
   </si>
   <si>
     <t>Mgr. Jan Vaněk</t>
   </si>
   <si>
     <t>info@zsbenesova.cz</t>
   </si>
   <si>
     <t>Základní škola Třebíč, Cyrilometodějská  22</t>
   </si>
   <si>
     <t>Mgr. Milan Šelle</t>
   </si>
   <si>
-    <t>specskoly@volny.cz</t>
+    <t>m.selle@specskolytrebic.cz</t>
   </si>
   <si>
     <t>Základní škola Třebíč, Horka-Domky,Václavské nám. 44/12</t>
   </si>
   <si>
     <t>Mgr. Pavel Blažek</t>
   </si>
   <si>
     <t>blazek@zsvaclav.cz</t>
   </si>
   <si>
     <t>Základní škola Třebíč, ul. Kpt.Jaroše 836</t>
   </si>
   <si>
     <t>Mgr. Karel Dolák</t>
   </si>
   <si>
     <t>k.dolak@zsjarose.cz</t>
   </si>
   <si>
     <t>Základní škola Třešť</t>
   </si>
   <si>
     <t>Mgr. Jakub Novotný</t>
   </si>
@@ -7266,62 +7263,62 @@
         <v>604</v>
       </c>
       <c r="B205" t="s">
         <v>605</v>
       </c>
       <c r="C205" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
         <v>607</v>
       </c>
       <c r="B206" t="s">
         <v>608</v>
       </c>
       <c r="C206" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
         <v>610</v>
       </c>
       <c r="B207" t="s">
+        <v>19</v>
+      </c>
+      <c r="C207" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
+        <v>612</v>
+      </c>
+      <c r="B208" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C208" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
         <v>615</v>
       </c>
       <c r="B209" t="s">
         <v>616</v>
       </c>
       <c r="C209" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
         <v>618</v>
       </c>
       <c r="B210" t="s">
         <v>619</v>
       </c>
       <c r="C210" t="s">
         <v>620</v>
@@ -7419,3311 +7416,3309 @@
       <c r="A219" t="s">
         <v>645</v>
       </c>
       <c r="B219" t="s">
         <v>646</v>
       </c>
       <c r="C219" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
         <v>648</v>
       </c>
       <c r="B220" t="s">
         <v>649</v>
       </c>
       <c r="C220" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
         <v>651</v>
       </c>
-      <c r="B221" t="s">
+      <c r="B221"/>
+      <c r="C221" t="s">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
+        <v>653</v>
+      </c>
+      <c r="B222" t="s">
         <v>654</v>
       </c>
-      <c r="B222" t="s">
+      <c r="C222" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
+        <v>656</v>
+      </c>
+      <c r="B223" t="s">
         <v>657</v>
       </c>
-      <c r="B223" t="s">
+      <c r="C223" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
+        <v>659</v>
+      </c>
+      <c r="B224" t="s">
         <v>660</v>
       </c>
-      <c r="B224" t="s">
+      <c r="C224" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
+        <v>662</v>
+      </c>
+      <c r="B225" t="s">
         <v>663</v>
       </c>
-      <c r="B225" t="s">
+      <c r="C225" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
+        <v>665</v>
+      </c>
+      <c r="B226" t="s">
         <v>666</v>
       </c>
-      <c r="B226" t="s">
+      <c r="C226" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
+        <v>668</v>
+      </c>
+      <c r="B227" t="s">
         <v>669</v>
       </c>
-      <c r="B227" t="s">
+      <c r="C227" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
+        <v>671</v>
+      </c>
+      <c r="B228" t="s">
         <v>672</v>
       </c>
-      <c r="B228" t="s">
+      <c r="C228" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
+        <v>674</v>
+      </c>
+      <c r="B229" t="s">
         <v>675</v>
       </c>
-      <c r="B229" t="s">
+      <c r="C229" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
+        <v>677</v>
+      </c>
+      <c r="B230" t="s">
         <v>678</v>
       </c>
-      <c r="B230" t="s">
+      <c r="C230" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
+        <v>680</v>
+      </c>
+      <c r="B231" t="s">
         <v>681</v>
       </c>
-      <c r="B231" t="s">
+      <c r="C231" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
+        <v>683</v>
+      </c>
+      <c r="B232" t="s">
         <v>684</v>
       </c>
-      <c r="B232" t="s">
+      <c r="C232" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
+        <v>686</v>
+      </c>
+      <c r="B233" t="s">
         <v>687</v>
       </c>
-      <c r="B233" t="s">
+      <c r="C233" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
+        <v>689</v>
+      </c>
+      <c r="B234" t="s">
         <v>690</v>
       </c>
-      <c r="B234" t="s">
+      <c r="C234" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
+        <v>692</v>
+      </c>
+      <c r="B235" t="s">
         <v>693</v>
       </c>
-      <c r="B235" t="s">
+      <c r="C235" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
+        <v>695</v>
+      </c>
+      <c r="B236" t="s">
         <v>696</v>
       </c>
-      <c r="B236" t="s">
+      <c r="C236" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
+        <v>698</v>
+      </c>
+      <c r="B237" t="s">
         <v>699</v>
       </c>
-      <c r="B237" t="s">
+      <c r="C237" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
+        <v>701</v>
+      </c>
+      <c r="B238" t="s">
         <v>702</v>
       </c>
-      <c r="B238" t="s">
+      <c r="C238" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
+        <v>704</v>
+      </c>
+      <c r="B239" t="s">
         <v>705</v>
       </c>
-      <c r="B239" t="s">
+      <c r="C239" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
+        <v>707</v>
+      </c>
+      <c r="B240" t="s">
         <v>708</v>
       </c>
-      <c r="B240" t="s">
+      <c r="C240" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
+        <v>710</v>
+      </c>
+      <c r="B241" t="s">
         <v>711</v>
       </c>
-      <c r="B241" t="s">
+      <c r="C241" t="s">
         <v>712</v>
-      </c>
-[...1 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
+        <v>713</v>
+      </c>
+      <c r="B242" t="s">
         <v>714</v>
       </c>
-      <c r="B242" t="s">
+      <c r="C242" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
+        <v>716</v>
+      </c>
+      <c r="B243" t="s">
         <v>717</v>
       </c>
-      <c r="B243" t="s">
+      <c r="C243" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
+        <v>719</v>
+      </c>
+      <c r="B244" t="s">
         <v>720</v>
       </c>
-      <c r="B244" t="s">
+      <c r="C244" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
+        <v>722</v>
+      </c>
+      <c r="B245" t="s">
         <v>723</v>
       </c>
-      <c r="B245" t="s">
+      <c r="C245" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
+        <v>725</v>
+      </c>
+      <c r="B246" t="s">
         <v>726</v>
       </c>
-      <c r="B246" t="s">
+      <c r="C246" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
+        <v>728</v>
+      </c>
+      <c r="B247" t="s">
         <v>729</v>
       </c>
-      <c r="B247" t="s">
+      <c r="C247" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
+        <v>731</v>
+      </c>
+      <c r="B248" t="s">
         <v>732</v>
       </c>
-      <c r="B248" t="s">
+      <c r="C248" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
+        <v>734</v>
+      </c>
+      <c r="B249" t="s">
         <v>735</v>
       </c>
-      <c r="B249" t="s">
+      <c r="C249" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
+        <v>737</v>
+      </c>
+      <c r="B250" t="s">
         <v>738</v>
       </c>
-      <c r="B250" t="s">
+      <c r="C250" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
+        <v>740</v>
+      </c>
+      <c r="B251" t="s">
         <v>741</v>
       </c>
-      <c r="B251" t="s">
+      <c r="C251" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
+        <v>743</v>
+      </c>
+      <c r="B252" t="s">
         <v>744</v>
       </c>
-      <c r="B252" t="s">
+      <c r="C252" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
+        <v>746</v>
+      </c>
+      <c r="B253" t="s">
         <v>747</v>
       </c>
-      <c r="B253" t="s">
+      <c r="C253" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
+        <v>749</v>
+      </c>
+      <c r="B254" t="s">
         <v>750</v>
       </c>
-      <c r="B254" t="s">
+      <c r="C254" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
+        <v>752</v>
+      </c>
+      <c r="B255" t="s">
         <v>753</v>
       </c>
-      <c r="B255" t="s">
+      <c r="C255" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
+        <v>755</v>
+      </c>
+      <c r="B256" t="s">
         <v>756</v>
       </c>
-      <c r="B256" t="s">
+      <c r="C256" t="s">
         <v>757</v>
-      </c>
-[...1 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
+        <v>758</v>
+      </c>
+      <c r="B257" t="s">
         <v>759</v>
       </c>
-      <c r="B257" t="s">
+      <c r="C257" t="s">
         <v>760</v>
-      </c>
-[...1 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
+        <v>761</v>
+      </c>
+      <c r="B258" t="s">
         <v>762</v>
       </c>
-      <c r="B258" t="s">
+      <c r="C258" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
+        <v>764</v>
+      </c>
+      <c r="B259" t="s">
         <v>765</v>
       </c>
-      <c r="B259" t="s">
+      <c r="C259" t="s">
         <v>766</v>
-      </c>
-[...1 lines deleted...]
-        <v>767</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
+        <v>767</v>
+      </c>
+      <c r="B260" t="s">
         <v>768</v>
       </c>
-      <c r="B260" t="s">
+      <c r="C260" t="s">
         <v>769</v>
-      </c>
-[...1 lines deleted...]
-        <v>770</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
+        <v>770</v>
+      </c>
+      <c r="B261" t="s">
         <v>771</v>
       </c>
-      <c r="B261" t="s">
+      <c r="C261" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
+        <v>773</v>
+      </c>
+      <c r="B262" t="s">
         <v>774</v>
       </c>
-      <c r="B262" t="s">
+      <c r="C262" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
+        <v>776</v>
+      </c>
+      <c r="B263" t="s">
         <v>777</v>
       </c>
-      <c r="B263" t="s">
+      <c r="C263" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>779</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
+        <v>779</v>
+      </c>
+      <c r="B264" t="s">
         <v>780</v>
       </c>
-      <c r="B264" t="s">
+      <c r="C264" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
+        <v>782</v>
+      </c>
+      <c r="B265" t="s">
         <v>783</v>
       </c>
-      <c r="B265" t="s">
+      <c r="C265" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
+        <v>785</v>
+      </c>
+      <c r="B266" t="s">
         <v>786</v>
       </c>
-      <c r="B266" t="s">
+      <c r="C266" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
+        <v>788</v>
+      </c>
+      <c r="B267" t="s">
         <v>789</v>
       </c>
-      <c r="B267" t="s">
+      <c r="C267" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
+        <v>791</v>
+      </c>
+      <c r="B268" t="s">
         <v>792</v>
       </c>
-      <c r="B268" t="s">
+      <c r="C268" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
+        <v>794</v>
+      </c>
+      <c r="B269" t="s">
         <v>795</v>
       </c>
-      <c r="B269" t="s">
+      <c r="C269" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
+        <v>797</v>
+      </c>
+      <c r="B270" t="s">
         <v>798</v>
       </c>
-      <c r="B270" t="s">
+      <c r="C270" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
+        <v>800</v>
+      </c>
+      <c r="B271" t="s">
         <v>801</v>
       </c>
-      <c r="B271" t="s">
+      <c r="C271" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
+        <v>803</v>
+      </c>
+      <c r="B272" t="s">
         <v>804</v>
       </c>
-      <c r="B272" t="s">
+      <c r="C272" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
+        <v>806</v>
+      </c>
+      <c r="B273" t="s">
         <v>807</v>
       </c>
-      <c r="B273" t="s">
+      <c r="C273" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
+        <v>809</v>
+      </c>
+      <c r="B274" t="s">
         <v>810</v>
       </c>
-      <c r="B274" t="s">
+      <c r="C274" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
+        <v>812</v>
+      </c>
+      <c r="B275" t="s">
         <v>813</v>
       </c>
-      <c r="B275" t="s">
+      <c r="C275" t="s">
         <v>814</v>
-      </c>
-[...1 lines deleted...]
-        <v>815</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
+        <v>815</v>
+      </c>
+      <c r="B276" t="s">
         <v>816</v>
       </c>
-      <c r="B276" t="s">
+      <c r="C276" t="s">
         <v>817</v>
-      </c>
-[...1 lines deleted...]
-        <v>818</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
+        <v>818</v>
+      </c>
+      <c r="B277" t="s">
         <v>819</v>
       </c>
-      <c r="B277" t="s">
+      <c r="C277" t="s">
         <v>820</v>
-      </c>
-[...1 lines deleted...]
-        <v>821</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
+        <v>821</v>
+      </c>
+      <c r="B278" t="s">
         <v>822</v>
       </c>
-      <c r="B278" t="s">
+      <c r="C278" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
+        <v>824</v>
+      </c>
+      <c r="B279" t="s">
         <v>825</v>
       </c>
-      <c r="B279" t="s">
+      <c r="C279" t="s">
         <v>826</v>
-      </c>
-[...1 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
+        <v>827</v>
+      </c>
+      <c r="B280" t="s">
         <v>828</v>
       </c>
-      <c r="B280" t="s">
+      <c r="C280" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
+        <v>830</v>
+      </c>
+      <c r="B281" t="s">
         <v>831</v>
       </c>
-      <c r="B281" t="s">
+      <c r="C281" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
+        <v>833</v>
+      </c>
+      <c r="B282" t="s">
         <v>834</v>
       </c>
-      <c r="B282" t="s">
+      <c r="C282" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
+        <v>836</v>
+      </c>
+      <c r="B283" t="s">
         <v>837</v>
       </c>
-      <c r="B283" t="s">
+      <c r="C283" t="s">
         <v>838</v>
-      </c>
-[...1 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
+        <v>839</v>
+      </c>
+      <c r="B284" t="s">
         <v>840</v>
       </c>
-      <c r="B284" t="s">
+      <c r="C284" t="s">
         <v>841</v>
-      </c>
-[...1 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
+        <v>842</v>
+      </c>
+      <c r="B285" t="s">
         <v>843</v>
       </c>
-      <c r="B285" t="s">
+      <c r="C285" t="s">
         <v>844</v>
-      </c>
-[...1 lines deleted...]
-        <v>845</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
+        <v>845</v>
+      </c>
+      <c r="B286" t="s">
         <v>846</v>
       </c>
-      <c r="B286" t="s">
+      <c r="C286" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
+        <v>848</v>
+      </c>
+      <c r="B287" t="s">
         <v>849</v>
       </c>
-      <c r="B287" t="s">
+      <c r="C287" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
+        <v>851</v>
+      </c>
+      <c r="B288" t="s">
         <v>852</v>
       </c>
-      <c r="B288" t="s">
+      <c r="C288" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
+        <v>854</v>
+      </c>
+      <c r="B289" t="s">
         <v>855</v>
       </c>
-      <c r="B289" t="s">
+      <c r="C289" t="s">
         <v>856</v>
-      </c>
-[...1 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
+        <v>857</v>
+      </c>
+      <c r="B290" t="s">
         <v>858</v>
       </c>
-      <c r="B290" t="s">
+      <c r="C290" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
+        <v>860</v>
+      </c>
+      <c r="B291" t="s">
         <v>861</v>
       </c>
-      <c r="B291" t="s">
+      <c r="C291" t="s">
         <v>862</v>
-      </c>
-[...1 lines deleted...]
-        <v>863</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
+        <v>863</v>
+      </c>
+      <c r="B292" t="s">
         <v>864</v>
       </c>
-      <c r="B292" t="s">
+      <c r="C292" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
+        <v>866</v>
+      </c>
+      <c r="B293" t="s">
         <v>867</v>
       </c>
-      <c r="B293" t="s">
+      <c r="C293" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
+        <v>869</v>
+      </c>
+      <c r="B294" t="s">
         <v>870</v>
       </c>
-      <c r="B294" t="s">
+      <c r="C294" t="s">
         <v>871</v>
-      </c>
-[...1 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
+        <v>872</v>
+      </c>
+      <c r="B295" t="s">
         <v>873</v>
       </c>
-      <c r="B295" t="s">
+      <c r="C295" t="s">
         <v>874</v>
-      </c>
-[...1 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
+        <v>875</v>
+      </c>
+      <c r="B296" t="s">
         <v>876</v>
       </c>
-      <c r="B296" t="s">
+      <c r="C296" t="s">
         <v>877</v>
-      </c>
-[...1 lines deleted...]
-        <v>878</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
+        <v>878</v>
+      </c>
+      <c r="B297" t="s">
         <v>879</v>
       </c>
-      <c r="B297" t="s">
+      <c r="C297" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
+        <v>881</v>
+      </c>
+      <c r="B298" t="s">
         <v>882</v>
       </c>
-      <c r="B298" t="s">
+      <c r="C298" t="s">
         <v>883</v>
-      </c>
-[...1 lines deleted...]
-        <v>884</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
+        <v>884</v>
+      </c>
+      <c r="B299" t="s">
         <v>885</v>
       </c>
-      <c r="B299" t="s">
+      <c r="C299" t="s">
         <v>886</v>
-      </c>
-[...1 lines deleted...]
-        <v>887</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
+        <v>887</v>
+      </c>
+      <c r="B300" t="s">
         <v>888</v>
       </c>
-      <c r="B300" t="s">
+      <c r="C300" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
+        <v>890</v>
+      </c>
+      <c r="B301" t="s">
         <v>891</v>
       </c>
-      <c r="B301" t="s">
+      <c r="C301" t="s">
         <v>892</v>
-      </c>
-[...1 lines deleted...]
-        <v>893</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
+        <v>893</v>
+      </c>
+      <c r="B302" t="s">
         <v>894</v>
       </c>
-      <c r="B302" t="s">
+      <c r="C302" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
+        <v>896</v>
+      </c>
+      <c r="B303" t="s">
         <v>897</v>
       </c>
-      <c r="B303" t="s">
+      <c r="C303" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
+        <v>899</v>
+      </c>
+      <c r="B304" t="s">
         <v>900</v>
       </c>
-      <c r="B304" t="s">
+      <c r="C304" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
+        <v>902</v>
+      </c>
+      <c r="B305" t="s">
         <v>903</v>
       </c>
-      <c r="B305" t="s">
+      <c r="C305" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
+        <v>905</v>
+      </c>
+      <c r="B306" t="s">
         <v>906</v>
       </c>
-      <c r="B306" t="s">
+      <c r="C306" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
+        <v>908</v>
+      </c>
+      <c r="B307" t="s">
         <v>909</v>
       </c>
-      <c r="B307" t="s">
+      <c r="C307" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
+        <v>911</v>
+      </c>
+      <c r="B308" t="s">
         <v>912</v>
       </c>
-      <c r="B308" t="s">
+      <c r="C308" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
+        <v>914</v>
+      </c>
+      <c r="B309" t="s">
         <v>915</v>
       </c>
-      <c r="B309" t="s">
+      <c r="C309" t="s">
         <v>916</v>
-      </c>
-[...1 lines deleted...]
-        <v>917</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
+        <v>917</v>
+      </c>
+      <c r="B310" t="s">
         <v>918</v>
       </c>
-      <c r="B310" t="s">
+      <c r="C310" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
+        <v>920</v>
+      </c>
+      <c r="B311" t="s">
         <v>921</v>
       </c>
-      <c r="B311" t="s">
+      <c r="C311" t="s">
         <v>922</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
+        <v>923</v>
+      </c>
+      <c r="B312" t="s">
         <v>924</v>
       </c>
-      <c r="B312" t="s">
+      <c r="C312" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
+        <v>926</v>
+      </c>
+      <c r="B313" t="s">
         <v>927</v>
       </c>
-      <c r="B313" t="s">
+      <c r="C313" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
+        <v>929</v>
+      </c>
+      <c r="B314" t="s">
         <v>930</v>
       </c>
-      <c r="B314" t="s">
+      <c r="C314" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
+        <v>932</v>
+      </c>
+      <c r="B315" t="s">
         <v>933</v>
       </c>
-      <c r="B315" t="s">
+      <c r="C315" t="s">
         <v>934</v>
-      </c>
-[...1 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
+        <v>935</v>
+      </c>
+      <c r="B316" t="s">
         <v>936</v>
       </c>
-      <c r="B316" t="s">
+      <c r="C316" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
+        <v>938</v>
+      </c>
+      <c r="B317" t="s">
         <v>939</v>
       </c>
-      <c r="B317" t="s">
+      <c r="C317" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
+        <v>941</v>
+      </c>
+      <c r="B318" t="s">
         <v>942</v>
       </c>
-      <c r="B318" t="s">
+      <c r="C318" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
+        <v>944</v>
+      </c>
+      <c r="B319" t="s">
         <v>945</v>
       </c>
-      <c r="B319" t="s">
+      <c r="C319" t="s">
         <v>946</v>
-      </c>
-[...1 lines deleted...]
-        <v>947</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
+        <v>947</v>
+      </c>
+      <c r="B320" t="s">
         <v>948</v>
       </c>
-      <c r="B320" t="s">
+      <c r="C320" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
+        <v>950</v>
+      </c>
+      <c r="B321" t="s">
         <v>951</v>
       </c>
-      <c r="B321" t="s">
+      <c r="C321" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
+        <v>953</v>
+      </c>
+      <c r="B322" t="s">
         <v>954</v>
       </c>
-      <c r="B322" t="s">
+      <c r="C322" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
+        <v>956</v>
+      </c>
+      <c r="B323" t="s">
         <v>957</v>
       </c>
-      <c r="B323" t="s">
+      <c r="C323" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
+        <v>959</v>
+      </c>
+      <c r="B324" t="s">
         <v>960</v>
       </c>
-      <c r="B324" t="s">
+      <c r="C324" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
+        <v>962</v>
+      </c>
+      <c r="B325" t="s">
         <v>963</v>
       </c>
-      <c r="B325" t="s">
+      <c r="C325" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
+        <v>965</v>
+      </c>
+      <c r="B326" t="s">
         <v>966</v>
       </c>
-      <c r="B326" t="s">
+      <c r="C326" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
+        <v>968</v>
+      </c>
+      <c r="B327" t="s">
         <v>969</v>
       </c>
-      <c r="B327" t="s">
+      <c r="C327" t="s">
         <v>970</v>
-      </c>
-[...1 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
+        <v>971</v>
+      </c>
+      <c r="B328" t="s">
         <v>972</v>
       </c>
-      <c r="B328" t="s">
+      <c r="C328" t="s">
         <v>973</v>
-      </c>
-[...1 lines deleted...]
-        <v>974</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
+        <v>974</v>
+      </c>
+      <c r="B329" t="s">
         <v>975</v>
       </c>
-      <c r="B329" t="s">
+      <c r="C329" t="s">
         <v>976</v>
-      </c>
-[...1 lines deleted...]
-        <v>977</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
+        <v>977</v>
+      </c>
+      <c r="B330" t="s">
         <v>978</v>
       </c>
-      <c r="B330" t="s">
+      <c r="C330" t="s">
         <v>979</v>
-      </c>
-[...1 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
+        <v>980</v>
+      </c>
+      <c r="B331" t="s">
         <v>981</v>
       </c>
-      <c r="B331" t="s">
+      <c r="C331" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>983</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
+        <v>983</v>
+      </c>
+      <c r="B332" t="s">
         <v>984</v>
       </c>
-      <c r="B332" t="s">
+      <c r="C332" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
+        <v>986</v>
+      </c>
+      <c r="B333" t="s">
         <v>987</v>
       </c>
-      <c r="B333" t="s">
+      <c r="C333" t="s">
         <v>988</v>
-      </c>
-[...1 lines deleted...]
-        <v>989</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
+        <v>989</v>
+      </c>
+      <c r="B334" t="s">
         <v>990</v>
       </c>
-      <c r="B334" t="s">
+      <c r="C334" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
+        <v>992</v>
+      </c>
+      <c r="B335" t="s">
         <v>993</v>
       </c>
-      <c r="B335" t="s">
+      <c r="C335" t="s">
         <v>994</v>
-      </c>
-[...1 lines deleted...]
-        <v>995</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
+        <v>995</v>
+      </c>
+      <c r="B336" t="s">
         <v>996</v>
       </c>
-      <c r="B336" t="s">
+      <c r="C336" t="s">
         <v>997</v>
-      </c>
-[...1 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
+        <v>998</v>
+      </c>
+      <c r="B337" t="s">
         <v>999</v>
       </c>
-      <c r="B337" t="s">
+      <c r="C337" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1001</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B338" t="s">
         <v>1002</v>
       </c>
-      <c r="B338" t="s">
+      <c r="C338" t="s">
         <v>1003</v>
-      </c>
-[...1 lines deleted...]
-        <v>1004</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B339" t="s">
         <v>1005</v>
       </c>
-      <c r="B339" t="s">
+      <c r="C339" t="s">
         <v>1006</v>
-      </c>
-[...1 lines deleted...]
-        <v>1007</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B340" t="s">
         <v>1008</v>
       </c>
-      <c r="B340" t="s">
+      <c r="C340" t="s">
         <v>1009</v>
-      </c>
-[...1 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B341" t="s">
         <v>1011</v>
       </c>
-      <c r="B341" t="s">
+      <c r="C341" t="s">
         <v>1012</v>
-      </c>
-[...1 lines deleted...]
-        <v>1013</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B342" t="s">
         <v>1014</v>
       </c>
-      <c r="B342" t="s">
+      <c r="C342" t="s">
         <v>1015</v>
-      </c>
-[...1 lines deleted...]
-        <v>1016</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B343" t="s">
         <v>1017</v>
       </c>
-      <c r="B343" t="s">
+      <c r="C343" t="s">
         <v>1018</v>
-      </c>
-[...1 lines deleted...]
-        <v>1019</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B344" t="s">
         <v>1020</v>
       </c>
-      <c r="B344" t="s">
+      <c r="C344" t="s">
         <v>1021</v>
-      </c>
-[...1 lines deleted...]
-        <v>1022</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B345" t="s">
         <v>1023</v>
       </c>
-      <c r="B345" t="s">
+      <c r="C345" t="s">
         <v>1024</v>
-      </c>
-[...1 lines deleted...]
-        <v>1025</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B346" t="s">
         <v>1026</v>
       </c>
-      <c r="B346" t="s">
+      <c r="C346" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B347" t="s">
         <v>1029</v>
       </c>
-      <c r="B347" t="s">
+      <c r="C347" t="s">
         <v>1030</v>
-      </c>
-[...1 lines deleted...]
-        <v>1031</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B348" t="s">
         <v>1032</v>
       </c>
-      <c r="B348" t="s">
+      <c r="C348" t="s">
         <v>1033</v>
-      </c>
-[...1 lines deleted...]
-        <v>1034</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B349" t="s">
         <v>1035</v>
       </c>
-      <c r="B349" t="s">
+      <c r="C349" t="s">
         <v>1036</v>
-      </c>
-[...1 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B350" t="s">
         <v>1038</v>
       </c>
-      <c r="B350" t="s">
+      <c r="C350" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B351" t="s">
         <v>1041</v>
       </c>
-      <c r="B351" t="s">
+      <c r="C351" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B352" t="s">
         <v>1044</v>
       </c>
-      <c r="B352" t="s">
+      <c r="C352" t="s">
         <v>1045</v>
-      </c>
-[...1 lines deleted...]
-        <v>1046</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B353" t="s">
         <v>1047</v>
       </c>
-      <c r="B353" t="s">
+      <c r="C353" t="s">
         <v>1048</v>
-      </c>
-[...1 lines deleted...]
-        <v>1049</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B354" t="s">
         <v>1050</v>
       </c>
-      <c r="B354" t="s">
+      <c r="C354" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B355" t="s">
         <v>1053</v>
       </c>
-      <c r="B355" t="s">
+      <c r="C355" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B356" t="s">
         <v>1056</v>
       </c>
-      <c r="B356" t="s">
+      <c r="C356" t="s">
         <v>1057</v>
-      </c>
-[...1 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B357" t="s">
         <v>1059</v>
       </c>
-      <c r="B357" t="s">
+      <c r="C357" t="s">
         <v>1060</v>
-      </c>
-[...1 lines deleted...]
-        <v>1061</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B358" t="s">
         <v>1062</v>
       </c>
-      <c r="B358" t="s">
+      <c r="C358" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B359" t="s">
         <v>1065</v>
       </c>
-      <c r="B359" t="s">
+      <c r="C359" t="s">
         <v>1066</v>
-      </c>
-[...1 lines deleted...]
-        <v>1067</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B360" t="s">
         <v>1068</v>
       </c>
-      <c r="B360" t="s">
+      <c r="C360" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B361" t="s">
         <v>1071</v>
       </c>
-      <c r="B361" t="s">
+      <c r="C361" t="s">
         <v>1072</v>
-      </c>
-[...1 lines deleted...]
-        <v>1073</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B362" t="s">
         <v>1074</v>
       </c>
-      <c r="B362" t="s">
+      <c r="C362" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B363" t="s">
         <v>1077</v>
       </c>
-      <c r="B363" t="s">
+      <c r="C363" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B364" t="s">
         <v>1080</v>
       </c>
-      <c r="B364" t="s">
+      <c r="C364" t="s">
         <v>1081</v>
-      </c>
-[...1 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B365" t="s">
         <v>1083</v>
       </c>
-      <c r="B365" t="s">
+      <c r="C365" t="s">
         <v>1084</v>
-      </c>
-[...1 lines deleted...]
-        <v>1085</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B366" t="s">
         <v>1086</v>
       </c>
-      <c r="B366" t="s">
+      <c r="C366" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B367" t="s">
         <v>1089</v>
       </c>
-      <c r="B367" t="s">
+      <c r="C367" t="s">
         <v>1090</v>
-      </c>
-[...1 lines deleted...]
-        <v>1091</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B368" t="s">
         <v>1092</v>
       </c>
-      <c r="B368" t="s">
+      <c r="C368" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B369" t="s">
         <v>1095</v>
       </c>
-      <c r="B369" t="s">
+      <c r="C369" t="s">
         <v>1096</v>
-      </c>
-[...1 lines deleted...]
-        <v>1097</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B370" t="s">
         <v>1098</v>
       </c>
-      <c r="B370" t="s">
+      <c r="C370" t="s">
         <v>1099</v>
-      </c>
-[...1 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B371" t="s">
         <v>1101</v>
       </c>
-      <c r="B371" t="s">
+      <c r="C371" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>1103</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B372" t="s">
         <v>1104</v>
       </c>
-      <c r="B372" t="s">
+      <c r="C372" t="s">
         <v>1105</v>
-      </c>
-[...1 lines deleted...]
-        <v>1106</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B373" t="s">
         <v>1107</v>
       </c>
-      <c r="B373" t="s">
+      <c r="C373" t="s">
         <v>1108</v>
-      </c>
-[...1 lines deleted...]
-        <v>1109</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B374" t="s">
         <v>1110</v>
       </c>
-      <c r="B374" t="s">
+      <c r="C374" t="s">
         <v>1111</v>
-      </c>
-[...1 lines deleted...]
-        <v>1112</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B375" t="s">
         <v>1113</v>
       </c>
-      <c r="B375" t="s">
+      <c r="C375" t="s">
         <v>1114</v>
-      </c>
-[...1 lines deleted...]
-        <v>1115</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B376" t="s">
         <v>1116</v>
       </c>
-      <c r="B376" t="s">
+      <c r="C376" t="s">
         <v>1117</v>
-      </c>
-[...1 lines deleted...]
-        <v>1118</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B377" t="s">
         <v>1119</v>
       </c>
-      <c r="B377" t="s">
+      <c r="C377" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B378" t="s">
         <v>1122</v>
       </c>
-      <c r="B378" t="s">
+      <c r="C378" t="s">
         <v>1123</v>
-      </c>
-[...1 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B379" t="s">
         <v>1125</v>
       </c>
-      <c r="B379" t="s">
+      <c r="C379" t="s">
         <v>1126</v>
-      </c>
-[...1 lines deleted...]
-        <v>1127</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B380" t="s">
         <v>1128</v>
       </c>
-      <c r="B380" t="s">
+      <c r="C380" t="s">
         <v>1129</v>
-      </c>
-[...1 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B381" t="s">
         <v>1131</v>
       </c>
-      <c r="B381" t="s">
+      <c r="C381" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B382" t="s">
         <v>1134</v>
       </c>
-      <c r="B382" t="s">
+      <c r="C382" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B383" t="s">
         <v>1137</v>
       </c>
-      <c r="B383" t="s">
+      <c r="C383" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B384" t="s">
         <v>1140</v>
       </c>
-      <c r="B384" t="s">
+      <c r="C384" t="s">
         <v>1141</v>
-      </c>
-[...1 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B385" t="s">
         <v>1143</v>
       </c>
-      <c r="B385" t="s">
+      <c r="C385" t="s">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B386" t="s">
         <v>1146</v>
       </c>
-      <c r="B386" t="s">
+      <c r="C386" t="s">
         <v>1147</v>
-      </c>
-[...1 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B387" t="s">
         <v>1149</v>
       </c>
-      <c r="B387" t="s">
+      <c r="C387" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B388" t="s">
         <v>1152</v>
       </c>
-      <c r="B388" t="s">
+      <c r="C388" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B389" t="s">
         <v>1155</v>
       </c>
-      <c r="B389" t="s">
+      <c r="C389" t="s">
         <v>1156</v>
-      </c>
-[...1 lines deleted...]
-        <v>1157</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B390" t="s">
         <v>1158</v>
       </c>
-      <c r="B390" t="s">
+      <c r="C390" t="s">
         <v>1159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B391" t="s">
         <v>1161</v>
       </c>
-      <c r="B391" t="s">
+      <c r="C391" t="s">
         <v>1162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1163</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B392" t="s">
         <v>1164</v>
       </c>
-      <c r="B392" t="s">
+      <c r="C392" t="s">
         <v>1165</v>
-      </c>
-[...1 lines deleted...]
-        <v>1166</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B393" t="s">
         <v>1167</v>
       </c>
-      <c r="B393" t="s">
+      <c r="C393" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B394" t="s">
         <v>1167</v>
       </c>
-      <c r="B394" t="s">
+      <c r="C394" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B395" t="s">
         <v>1170</v>
       </c>
-      <c r="B395" t="s">
+      <c r="C395" t="s">
         <v>1171</v>
-      </c>
-[...1 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B396" t="s">
         <v>1173</v>
       </c>
-      <c r="B396" t="s">
+      <c r="C396" t="s">
         <v>1174</v>
-      </c>
-[...1 lines deleted...]
-        <v>1175</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B397" t="s">
         <v>1176</v>
       </c>
-      <c r="B397" t="s">
+      <c r="C397" t="s">
         <v>1177</v>
-      </c>
-[...1 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B398" t="s">
         <v>1179</v>
       </c>
-      <c r="B398" t="s">
+      <c r="C398" t="s">
         <v>1180</v>
-      </c>
-[...1 lines deleted...]
-        <v>1181</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B399" t="s">
         <v>1182</v>
       </c>
-      <c r="B399" t="s">
+      <c r="C399" t="s">
         <v>1183</v>
-      </c>
-[...1 lines deleted...]
-        <v>1184</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B400" t="s">
         <v>1185</v>
       </c>
-      <c r="B400" t="s">
+      <c r="C400" t="s">
         <v>1186</v>
-      </c>
-[...1 lines deleted...]
-        <v>1187</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B401" t="s">
         <v>1188</v>
       </c>
-      <c r="B401" t="s">
+      <c r="C401" t="s">
         <v>1189</v>
-      </c>
-[...1 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B402" t="s">
         <v>1191</v>
       </c>
-      <c r="B402" t="s">
+      <c r="C402" t="s">
         <v>1192</v>
-      </c>
-[...1 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B403" t="s">
         <v>1194</v>
       </c>
-      <c r="B403" t="s">
+      <c r="C403" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B404" t="s">
         <v>1197</v>
       </c>
-      <c r="B404" t="s">
+      <c r="C404" t="s">
         <v>1198</v>
-      </c>
-[...1 lines deleted...]
-        <v>1199</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B405" t="s">
         <v>1200</v>
       </c>
-      <c r="B405" t="s">
+      <c r="C405" t="s">
         <v>1201</v>
-      </c>
-[...1 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B406" t="s">
         <v>1203</v>
       </c>
-      <c r="B406" t="s">
+      <c r="C406" t="s">
         <v>1204</v>
-      </c>
-[...1 lines deleted...]
-        <v>1205</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B407" t="s">
         <v>1206</v>
       </c>
-      <c r="B407" t="s">
+      <c r="C407" t="s">
         <v>1207</v>
-      </c>
-[...1 lines deleted...]
-        <v>1208</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B408" t="s">
         <v>1209</v>
       </c>
-      <c r="B408" t="s">
+      <c r="C408" t="s">
         <v>1210</v>
-      </c>
-[...1 lines deleted...]
-        <v>1211</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B409" t="s">
         <v>1212</v>
       </c>
-      <c r="B409" t="s">
+      <c r="C409" t="s">
         <v>1213</v>
-      </c>
-[...1 lines deleted...]
-        <v>1214</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B410" t="s">
         <v>1215</v>
       </c>
-      <c r="B410" t="s">
+      <c r="C410" t="s">
         <v>1216</v>
-      </c>
-[...1 lines deleted...]
-        <v>1217</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B411" t="s">
         <v>1218</v>
       </c>
-      <c r="B411" t="s">
+      <c r="C411" t="s">
         <v>1219</v>
-      </c>
-[...1 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B412" t="s">
         <v>1221</v>
       </c>
-      <c r="B412" t="s">
+      <c r="C412" t="s">
         <v>1222</v>
-      </c>
-[...1 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B413" t="s">
         <v>1224</v>
       </c>
-      <c r="B413" t="s">
+      <c r="C413" t="s">
         <v>1225</v>
-      </c>
-[...1 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B414" t="s">
         <v>1227</v>
       </c>
-      <c r="B414" t="s">
+      <c r="C414" t="s">
         <v>1228</v>
-      </c>
-[...1 lines deleted...]
-        <v>1229</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B415" t="s">
         <v>1230</v>
       </c>
-      <c r="B415" t="s">
+      <c r="C415" t="s">
         <v>1231</v>
-      </c>
-[...1 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B416" t="s">
         <v>1233</v>
       </c>
-      <c r="B416" t="s">
+      <c r="C416" t="s">
         <v>1234</v>
-      </c>
-[...1 lines deleted...]
-        <v>1235</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B417" t="s">
         <v>1236</v>
       </c>
-      <c r="B417" t="s">
+      <c r="C417" t="s">
         <v>1237</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B418" t="s">
         <v>1239</v>
       </c>
-      <c r="B418" t="s">
+      <c r="C418" t="s">
         <v>1240</v>
-      </c>
-[...1 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B419" t="s">
         <v>1242</v>
       </c>
-      <c r="B419" t="s">
+      <c r="C419" t="s">
         <v>1243</v>
-      </c>
-[...1 lines deleted...]
-        <v>1244</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B420" t="s">
         <v>1245</v>
       </c>
-      <c r="B420" t="s">
+      <c r="C420" t="s">
         <v>1246</v>
-      </c>
-[...1 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B421" t="s">
         <v>1248</v>
       </c>
-      <c r="B421" t="s">
+      <c r="C421" t="s">
         <v>1249</v>
-      </c>
-[...1 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B422" t="s">
         <v>1251</v>
       </c>
-      <c r="B422" t="s">
+      <c r="C422" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B423" t="s">
         <v>1254</v>
       </c>
-      <c r="B423" t="s">
+      <c r="C423" t="s">
         <v>1255</v>
-      </c>
-[...1 lines deleted...]
-        <v>1256</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B424" t="s">
         <v>1257</v>
       </c>
-      <c r="B424" t="s">
+      <c r="C424" t="s">
         <v>1258</v>
-      </c>
-[...1 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B425" t="s">
         <v>1260</v>
       </c>
-      <c r="B425" t="s">
+      <c r="C425" t="s">
         <v>1261</v>
-      </c>
-[...1 lines deleted...]
-        <v>1262</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B426" t="s">
         <v>1263</v>
       </c>
-      <c r="B426" t="s">
+      <c r="C426" t="s">
         <v>1264</v>
-      </c>
-[...1 lines deleted...]
-        <v>1265</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B427" t="s">
         <v>1266</v>
       </c>
-      <c r="B427" t="s">
+      <c r="C427" t="s">
         <v>1267</v>
-      </c>
-[...1 lines deleted...]
-        <v>1268</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B428" t="s">
         <v>1269</v>
       </c>
-      <c r="B428" t="s">
+      <c r="C428" t="s">
         <v>1270</v>
-      </c>
-[...1 lines deleted...]
-        <v>1271</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B429" t="s">
         <v>1272</v>
       </c>
-      <c r="B429" t="s">
+      <c r="C429" t="s">
         <v>1273</v>
-      </c>
-[...1 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B430" t="s">
         <v>1275</v>
       </c>
-      <c r="B430" t="s">
+      <c r="C430" t="s">
         <v>1276</v>
-      </c>
-[...1 lines deleted...]
-        <v>1277</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B431" t="s">
         <v>1278</v>
       </c>
-      <c r="B431" t="s">
+      <c r="C431" t="s">
         <v>1279</v>
-      </c>
-[...1 lines deleted...]
-        <v>1280</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B432" t="s">
         <v>1281</v>
       </c>
-      <c r="B432" t="s">
+      <c r="C432" t="s">
         <v>1282</v>
-      </c>
-[...1 lines deleted...]
-        <v>1283</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B433" t="s">
         <v>1284</v>
       </c>
-      <c r="B433" t="s">
+      <c r="C433" t="s">
         <v>1285</v>
-      </c>
-[...1 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B434" t="s">
         <v>1287</v>
       </c>
-      <c r="B434" t="s">
+      <c r="C434" t="s">
         <v>1288</v>
-      </c>
-[...1 lines deleted...]
-        <v>1289</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B435" t="s">
         <v>1290</v>
       </c>
-      <c r="B435" t="s">
+      <c r="C435" t="s">
         <v>1291</v>
-      </c>
-[...1 lines deleted...]
-        <v>1292</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B436" t="s">
         <v>1293</v>
       </c>
-      <c r="B436" t="s">
+      <c r="C436" t="s">
         <v>1294</v>
-      </c>
-[...1 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B437" t="s">
         <v>1296</v>
       </c>
-      <c r="B437" t="s">
+      <c r="C437" t="s">
         <v>1297</v>
-      </c>
-[...1 lines deleted...]
-        <v>1298</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B438" t="s">
         <v>1299</v>
       </c>
-      <c r="B438" t="s">
+      <c r="C438" t="s">
         <v>1300</v>
-      </c>
-[...1 lines deleted...]
-        <v>1301</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B439" t="s">
         <v>1302</v>
       </c>
-      <c r="B439" t="s">
+      <c r="C439" t="s">
         <v>1303</v>
-      </c>
-[...1 lines deleted...]
-        <v>1304</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B440" t="s">
         <v>1305</v>
       </c>
-      <c r="B440" t="s">
+      <c r="C440" t="s">
         <v>1306</v>
-      </c>
-[...1 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B441" t="s">
         <v>1308</v>
       </c>
-      <c r="B441" t="s">
+      <c r="C441" t="s">
         <v>1309</v>
-      </c>
-[...1 lines deleted...]
-        <v>1310</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B442" t="s">
         <v>1311</v>
       </c>
-      <c r="B442" t="s">
+      <c r="C442" t="s">
         <v>1312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B443" t="s">
         <v>1314</v>
       </c>
-      <c r="B443" t="s">
+      <c r="C443" t="s">
         <v>1315</v>
-      </c>
-[...1 lines deleted...]
-        <v>1316</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B444" t="s">
         <v>1317</v>
       </c>
-      <c r="B444" t="s">
+      <c r="C444" t="s">
         <v>1318</v>
-      </c>
-[...1 lines deleted...]
-        <v>1319</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B445" t="s">
         <v>1320</v>
       </c>
-      <c r="B445" t="s">
+      <c r="C445" t="s">
         <v>1321</v>
-      </c>
-[...1 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B446" t="s">
         <v>1323</v>
       </c>
-      <c r="B446" t="s">
+      <c r="C446" t="s">
         <v>1324</v>
-      </c>
-[...1 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B447" t="s">
         <v>1326</v>
       </c>
-      <c r="B447" t="s">
+      <c r="C447" t="s">
         <v>1327</v>
-      </c>
-[...1 lines deleted...]
-        <v>1328</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B448" t="s">
         <v>1329</v>
       </c>
-      <c r="B448" t="s">
+      <c r="C448" t="s">
         <v>1330</v>
-      </c>
-[...1 lines deleted...]
-        <v>1331</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B449" t="s">
         <v>1332</v>
       </c>
-      <c r="B449" t="s">
+      <c r="C449" t="s">
         <v>1333</v>
-      </c>
-[...1 lines deleted...]
-        <v>1334</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B450" t="s">
         <v>1335</v>
       </c>
-      <c r="B450" t="s">
+      <c r="C450" t="s">
         <v>1336</v>
-      </c>
-[...1 lines deleted...]
-        <v>1337</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B451" t="s">
         <v>1338</v>
       </c>
-      <c r="B451" t="s">
+      <c r="C451" t="s">
         <v>1339</v>
-      </c>
-[...1 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B452" t="s">
         <v>1341</v>
       </c>
-      <c r="B452" t="s">
+      <c r="C452" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B453" t="s">
         <v>1344</v>
       </c>
-      <c r="B453" t="s">
+      <c r="C453" t="s">
         <v>1345</v>
-      </c>
-[...1 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B454" t="s">
         <v>1347</v>
       </c>
-      <c r="B454" t="s">
+      <c r="C454" t="s">
         <v>1348</v>
-      </c>
-[...1 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B455" t="s">
         <v>1350</v>
       </c>
-      <c r="B455" t="s">
+      <c r="C455" t="s">
         <v>1351</v>
-      </c>
-[...1 lines deleted...]
-        <v>1352</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B456" t="s">
         <v>1353</v>
       </c>
-      <c r="B456" t="s">
+      <c r="C456" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B457" t="s">
         <v>1356</v>
       </c>
-      <c r="B457" t="s">
+      <c r="C457" t="s">
         <v>1357</v>
-      </c>
-[...1 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B458" t="s">
         <v>1359</v>
       </c>
-      <c r="B458" t="s">
+      <c r="C458" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B459" t="s">
         <v>1362</v>
       </c>
-      <c r="B459" t="s">
+      <c r="C459" t="s">
         <v>1363</v>
-      </c>
-[...1 lines deleted...]
-        <v>1364</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B460" t="s">
         <v>1365</v>
       </c>
-      <c r="B460" t="s">
+      <c r="C460" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B461" t="s">
         <v>1368</v>
       </c>
-      <c r="B461" t="s">
+      <c r="C461" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B462" t="s">
         <v>1371</v>
       </c>
-      <c r="B462" t="s">
+      <c r="C462" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B463" t="s">
         <v>1374</v>
       </c>
-      <c r="B463" t="s">
+      <c r="C463" t="s">
         <v>1375</v>
-      </c>
-[...1 lines deleted...]
-        <v>1376</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B464" t="s">
         <v>1377</v>
       </c>
-      <c r="B464" t="s">
+      <c r="C464" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B465" t="s">
         <v>1380</v>
       </c>
-      <c r="B465" t="s">
+      <c r="C465" t="s">
         <v>1381</v>
-      </c>
-[...1 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B466" t="s">
         <v>1383</v>
       </c>
-      <c r="B466" t="s">
+      <c r="C466" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B467" t="s">
         <v>1386</v>
       </c>
-      <c r="B467" t="s">
+      <c r="C467" t="s">
         <v>1387</v>
-      </c>
-[...1 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B468" t="s">
         <v>1389</v>
       </c>
-      <c r="B468" t="s">
+      <c r="C468" t="s">
         <v>1390</v>
-      </c>
-[...1 lines deleted...]
-        <v>1391</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B469" t="s">
         <v>1392</v>
       </c>
-      <c r="B469" t="s">
+      <c r="C469" t="s">
         <v>1393</v>
-      </c>
-[...1 lines deleted...]
-        <v>1394</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B470" t="s">
         <v>1395</v>
       </c>
-      <c r="B470" t="s">
+      <c r="C470" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B471" t="s">
         <v>1398</v>
       </c>
-      <c r="B471" t="s">
+      <c r="C471" t="s">
         <v>1399</v>
-      </c>
-[...1 lines deleted...]
-        <v>1400</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B472" t="s">
         <v>1401</v>
       </c>
-      <c r="B472" t="s">
+      <c r="C472" t="s">
         <v>1402</v>
-      </c>
-[...1 lines deleted...]
-        <v>1403</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B473" t="s">
         <v>1404</v>
       </c>
-      <c r="B473" t="s">
+      <c r="C473" t="s">
         <v>1405</v>
-      </c>
-[...1 lines deleted...]
-        <v>1406</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B474" t="s">
         <v>1407</v>
       </c>
-      <c r="B474" t="s">
+      <c r="C474" t="s">
         <v>1408</v>
-      </c>
-[...1 lines deleted...]
-        <v>1409</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B475" t="s">
         <v>1410</v>
       </c>
-      <c r="B475" t="s">
+      <c r="C475" t="s">
         <v>1411</v>
-      </c>
-[...1 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B476" t="s">
         <v>1413</v>
       </c>
-      <c r="B476" t="s">
+      <c r="C476" t="s">
         <v>1414</v>
-      </c>
-[...1 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B477" t="s">
         <v>1416</v>
       </c>
-      <c r="B477" t="s">
+      <c r="C477" t="s">
         <v>1417</v>
-      </c>
-[...1 lines deleted...]
-        <v>1418</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B478" t="s">
         <v>1419</v>
       </c>
-      <c r="B478" t="s">
+      <c r="C478" t="s">
         <v>1420</v>
-      </c>
-[...1 lines deleted...]
-        <v>1421</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B479" t="s">
         <v>1422</v>
       </c>
-      <c r="B479" t="s">
+      <c r="C479" t="s">
         <v>1423</v>
-      </c>
-[...1 lines deleted...]
-        <v>1424</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B480" t="s">
         <v>1425</v>
       </c>
-      <c r="B480" t="s">
+      <c r="C480" t="s">
         <v>1426</v>
-      </c>
-[...1 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B481" t="s">
         <v>1428</v>
       </c>
-      <c r="B481" t="s">
+      <c r="C481" t="s">
         <v>1429</v>
-      </c>
-[...1 lines deleted...]
-        <v>1430</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B482" t="s">
         <v>1431</v>
       </c>
-      <c r="B482" t="s">
+      <c r="C482" t="s">
         <v>1432</v>
-      </c>
-[...1 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B483" t="s">
         <v>1434</v>
       </c>
-      <c r="B483" t="s">
+      <c r="C483" t="s">
         <v>1435</v>
-      </c>
-[...1 lines deleted...]
-        <v>1436</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B484" t="s">
         <v>1437</v>
       </c>
-      <c r="B484" t="s">
+      <c r="C484" t="s">
         <v>1438</v>
-      </c>
-[...1 lines deleted...]
-        <v>1439</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B485" t="s">
         <v>1440</v>
       </c>
-      <c r="B485" t="s">
+      <c r="C485" t="s">
         <v>1441</v>
-      </c>
-[...1 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B486" t="s">
         <v>1443</v>
       </c>
-      <c r="B486" t="s">
+      <c r="C486" t="s">
         <v>1444</v>
-      </c>
-[...1 lines deleted...]
-        <v>1445</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B487" t="s">
         <v>1446</v>
       </c>
-      <c r="B487" t="s">
+      <c r="C487" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B488" t="s">
         <v>1449</v>
       </c>
-      <c r="B488" t="s">
+      <c r="C488" t="s">
         <v>1450</v>
-      </c>
-[...1 lines deleted...]
-        <v>1451</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B489" t="s">
         <v>1452</v>
       </c>
-      <c r="B489" t="s">
+      <c r="C489" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>1454</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B490" t="s">
         <v>1455</v>
       </c>
-      <c r="B490" t="s">
+      <c r="C490" t="s">
         <v>1456</v>
-      </c>
-[...1 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B491" t="s">
         <v>1458</v>
       </c>
-      <c r="B491" t="s">
+      <c r="C491" t="s">
         <v>1459</v>
-      </c>
-[...1 lines deleted...]
-        <v>1460</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B492" t="s">
         <v>1461</v>
       </c>
-      <c r="B492" t="s">
+      <c r="C492" t="s">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B493" t="s">
         <v>1464</v>
       </c>
-      <c r="B493" t="s">
+      <c r="C493" t="s">
         <v>1465</v>
-      </c>
-[...1 lines deleted...]
-        <v>1466</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B494" t="s">
         <v>1467</v>
       </c>
-      <c r="B494" t="s">
+      <c r="C494" t="s">
         <v>1468</v>
-      </c>
-[...1 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B495" t="s">
         <v>1470</v>
       </c>
-      <c r="B495" t="s">
+      <c r="C495" t="s">
         <v>1471</v>
-      </c>
-[...1 lines deleted...]
-        <v>1472</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B496" t="s">
         <v>1473</v>
       </c>
-      <c r="B496" t="s">
+      <c r="C496" t="s">
         <v>1474</v>
-      </c>
-[...1 lines deleted...]
-        <v>1475</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B497" t="s">
         <v>1476</v>
       </c>
-      <c r="B497" t="s">
+      <c r="C497" t="s">
         <v>1477</v>
-      </c>
-[...1 lines deleted...]
-        <v>1478</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B498" t="s">
         <v>1479</v>
       </c>
-      <c r="B498" t="s">
+      <c r="C498" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B499" t="s">
         <v>1482</v>
       </c>
-      <c r="B499" t="s">
+      <c r="C499" t="s">
         <v>1483</v>
-      </c>
-[...1 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B500" t="s">
         <v>1485</v>
       </c>
-      <c r="B500" t="s">
+      <c r="C500" t="s">
         <v>1486</v>
-      </c>
-[...1 lines deleted...]
-        <v>1487</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B501" t="s">
         <v>1488</v>
       </c>
-      <c r="B501" t="s">
+      <c r="C501" t="s">
         <v>1489</v>
-      </c>
-[...1 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B502" t="s">
         <v>1491</v>
       </c>
-      <c r="B502" t="s">
+      <c r="C502" t="s">
         <v>1492</v>
-      </c>
-[...1 lines deleted...]
-        <v>1493</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B503" t="s">
         <v>1494</v>
       </c>
-      <c r="B503" t="s">
+      <c r="C503" t="s">
         <v>1495</v>
-      </c>
-[...1 lines deleted...]
-        <v>1496</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B504" t="s">
         <v>1497</v>
       </c>
-      <c r="B504" t="s">
+      <c r="C504" t="s">
         <v>1498</v>
-      </c>
-[...1 lines deleted...]
-        <v>1499</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B505" t="s">
         <v>1500</v>
       </c>
-      <c r="B505" t="s">
+      <c r="C505" t="s">
         <v>1501</v>
-      </c>
-[...1 lines deleted...]
-        <v>1502</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B506" t="s">
         <v>1503</v>
       </c>
-      <c r="B506" t="s">
+      <c r="C506" t="s">
         <v>1504</v>
-      </c>
-[...1 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B507" t="s">
         <v>1506</v>
       </c>
-      <c r="B507" t="s">
+      <c r="C507" t="s">
         <v>1507</v>
-      </c>
-[...1 lines deleted...]
-        <v>1508</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B508" t="s">
         <v>1509</v>
       </c>
-      <c r="B508" t="s">
+      <c r="C508" t="s">
         <v>1510</v>
-      </c>
-[...1 lines deleted...]
-        <v>1511</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B509" t="s">
         <v>1512</v>
       </c>
-      <c r="B509" t="s">
+      <c r="C509" t="s">
         <v>1513</v>
-      </c>
-[...1 lines deleted...]
-        <v>1514</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B510" t="s">
         <v>1515</v>
       </c>
-      <c r="B510" t="s">
+      <c r="C510" t="s">
         <v>1516</v>
-      </c>
-[...1 lines deleted...]
-        <v>1517</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B511" t="s">
         <v>1518</v>
       </c>
-      <c r="B511" t="s">
+      <c r="C511" t="s">
         <v>1519</v>
-      </c>
-[...1 lines deleted...]
-        <v>1520</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B512" t="s">
         <v>1521</v>
       </c>
-      <c r="B512" t="s">
+      <c r="C512" t="s">
         <v>1522</v>
-      </c>
-[...1 lines deleted...]
-        <v>1523</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B513" t="s">
         <v>1524</v>
       </c>
-      <c r="B513" t="s">
+      <c r="C513" t="s">
         <v>1525</v>
-      </c>
-[...1 lines deleted...]
-        <v>1526</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B514" t="s">
         <v>1527</v>
       </c>
-      <c r="B514" t="s">
+      <c r="C514" t="s">
         <v>1528</v>
-      </c>
-[...1 lines deleted...]
-        <v>1529</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B515" t="s">
         <v>1530</v>
       </c>
-      <c r="B515" t="s">
+      <c r="C515" t="s">
         <v>1531</v>
-      </c>
-[...1 lines deleted...]
-        <v>1532</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B516" t="s">
         <v>1533</v>
       </c>
-      <c r="B516" t="s">
+      <c r="C516" t="s">
         <v>1534</v>
-      </c>
-[...1 lines deleted...]
-        <v>1535</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B517" t="s">
         <v>1536</v>
       </c>
-      <c r="B517" t="s">
+      <c r="C517" t="s">
         <v>1537</v>
-      </c>
-[...1 lines deleted...]
-        <v>1538</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">