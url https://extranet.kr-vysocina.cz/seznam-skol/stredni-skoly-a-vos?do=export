--- v0 (2025-11-22)
+++ v1 (2026-01-11)
@@ -29,51 +29,51 @@
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Název</t>
   </si>
   <si>
     <t>Ředitel</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Agro-technická střední škola Bystřice nad Pernštejnem</t>
   </si>
   <si>
     <t>Mgr. Miroslav Novák</t>
   </si>
   <si>
-    <t>info@agts.cz</t>
+    <t>novak.mirek@agts.cz</t>
   </si>
   <si>
     <t>Akademie práva, pedagogiky a podnikání, s.r.o. Střední škola Třebíč</t>
   </si>
   <si>
     <t>Ing. Renata Hrušková</t>
   </si>
   <si>
     <t>renata.hruskova@appp.cz</t>
   </si>
   <si>
     <t>Akademie Světlá nad Sázavou, střední škola a vyšší odborná škola</t>
   </si>
   <si>
     <t>Ing. Martin Kubín</t>
   </si>
   <si>
     <t>kubin@akademie-svetla.cz</t>
   </si>
   <si>
     <t>Biskupské gymnázium</t>
   </si>
   <si>
     <t>Ing. Jiří Cočev</t>
   </si>
@@ -101,78 +101,78 @@
   <si>
     <t>FARMEKO - Vyšší odborná škola zdravotnická a Střední odborná škola, s.r.o.</t>
   </si>
   <si>
     <t>Mgr. Lukáš Váca</t>
   </si>
   <si>
     <t>reditel@farmeko.cz</t>
   </si>
   <si>
     <t>Gastro-technická střední škola Velké Meziříčí</t>
   </si>
   <si>
     <t>Mgr. Petra Tomanová</t>
   </si>
   <si>
     <t>petra.tomanova@ga-te.cz</t>
   </si>
   <si>
     <t>Gymnázium a Obchodní akademie Pelhřimov</t>
   </si>
   <si>
     <t>Mgr. Aleš Petrák</t>
   </si>
   <si>
-    <t>gype@gymnazium-pe.cz</t>
+    <t>petrak@gyoa.cz</t>
   </si>
   <si>
     <t>Gymnázium a Střední odborná škola Moravské Budějovice</t>
   </si>
   <si>
     <t>Mgr. František Dubský</t>
   </si>
   <si>
     <t>dubsky.frantisek@gymsosmb.cz</t>
   </si>
   <si>
     <t>Gymnázium Bystřice nad Pernštejnem</t>
   </si>
   <si>
     <t>Mgr. Libor Veselý</t>
   </si>
   <si>
     <t>libor.vesely@gybnp.cz</t>
   </si>
   <si>
     <t>Gymnázium Chotěboř</t>
   </si>
   <si>
     <t>Mgr. Ivona Pavlíčková</t>
   </si>
   <si>
-    <t>gch@gch.cz</t>
+    <t>pavlickovai@gch.cz</t>
   </si>
   <si>
     <t>Gymnázium dr. A. Hrdličky Humpolec</t>
   </si>
   <si>
     <t>Mgr. Jiří Dalík</t>
   </si>
   <si>
     <t>red@gymhu.cz</t>
   </si>
   <si>
     <t>Gymnázium Havlíčkův Brod</t>
   </si>
   <si>
     <t>PhDr. Hynek Bouchal, Ph.D.</t>
   </si>
   <si>
     <t>ghb@ghb.cz</t>
   </si>
   <si>
     <t>Gymnázium Jihlava</t>
   </si>
   <si>
     <t>Mgr. Pavel Suk</t>
   </si>
@@ -182,51 +182,51 @@
   <si>
     <t>Gymnázium Otokara Březiny a Střední odborná škola Telč</t>
   </si>
   <si>
     <t>Mgr. Bc. Lenka Procházková</t>
   </si>
   <si>
     <t>prochazkova@gstelc.cz</t>
   </si>
   <si>
     <t>Gymnázium Pacov</t>
   </si>
   <si>
     <t>Mgr. Josef Novák</t>
   </si>
   <si>
     <t>gpacov@email.cz</t>
   </si>
   <si>
     <t>Gymnázium Třebíč</t>
   </si>
   <si>
     <t>RNDr. Alice Burešová</t>
   </si>
   <si>
-    <t>gymnazium.trebic@gtr.cz</t>
+    <t>buresovaa@gtr.cz</t>
   </si>
   <si>
     <t>Gymnázium Velké Meziříčí</t>
   </si>
   <si>
     <t>Mgr. Ilona Pokorná</t>
   </si>
   <si>
     <t>pokorna@gvm.cz</t>
   </si>
   <si>
     <t>Gymnázium Vincence Makovského Nové Město na Moravě</t>
   </si>
   <si>
     <t>Mgr. Pavel Dostál</t>
   </si>
   <si>
     <t>dostal@gynome.cz</t>
   </si>
   <si>
     <t>Gymnázium Žďár nad Sázavou</t>
   </si>
   <si>
     <t>Mgr. Vlastimil Čepelák</t>
   </si>
@@ -344,113 +344,113 @@
   <si>
     <t>Střední odborná škola Nové Město na Moravě</t>
   </si>
   <si>
     <t>Mgr. Jan Petr</t>
   </si>
   <si>
     <t>petr@sos-nmor.cz</t>
   </si>
   <si>
     <t>Střední odborná škola sociální u Matky Boží  Jihlava</t>
   </si>
   <si>
     <t>Mgr. Kateřina Šimková</t>
   </si>
   <si>
     <t>simkova@sosmb.cz</t>
   </si>
   <si>
     <t>Střední odborná škola, Střední odborné učiliště a Základní škola Třešť</t>
   </si>
   <si>
     <t>Ing. Mgr. Karel Matějů</t>
   </si>
   <si>
-    <t>sskola@outlook.cz</t>
+    <t>mateju@sskola-trest.cz</t>
   </si>
   <si>
     <t>Střední průmyslová škola a Střední odborné učiliště Pelhřimov</t>
   </si>
   <si>
     <t>Mgr. Lukáš Tříska</t>
   </si>
   <si>
     <t>triska.lukas@spssou-pe.cz</t>
   </si>
   <si>
     <t>Střední průmyslová škola Jihlava</t>
   </si>
   <si>
     <t>Ing. Dana Kohárová</t>
   </si>
   <si>
     <t>koharova@prumyslovkajihlava.cz</t>
   </si>
   <si>
     <t>Střední průmyslová škola stavební akademika Stanislava Bechyně Havlíčkův Brod</t>
   </si>
   <si>
     <t>Ing. Josef Charamza</t>
   </si>
   <si>
     <t>charamzam@stavskola.cz</t>
   </si>
   <si>
     <t>Střední průmyslová škola Třebíč</t>
   </si>
   <si>
     <t>Ing. Petra Hrbáčková</t>
   </si>
   <si>
-    <t>office@spst.cz</t>
+    <t>PHrbackova@spst.cz</t>
   </si>
   <si>
     <t>Střední průmyslová škola Žďár nad Sázavou</t>
   </si>
   <si>
     <t>Ing. Jiří Straka</t>
   </si>
   <si>
     <t>posta@spszr.cz; straka@spszr.cz</t>
   </si>
   <si>
+    <t>Střední škola Adolpha Kolpinga, školská právnická osoba</t>
+  </si>
+  <si>
+    <t>skola@ssgak.cz</t>
+  </si>
+  <si>
     <t>Střední škola Akademie AGROSTROJ, s.r.o.</t>
   </si>
   <si>
     <t>Ing. Mgr. et Mgr. Ludmila Baláková, Ph.D., MBA</t>
   </si>
   <si>
     <t>reditel@akademie-agrostroj.cz</t>
   </si>
   <si>
-    <t>Střední škola gastronomická  Adolpha Kolpinga</t>
-[...4 lines deleted...]
-  <si>
     <t>Střední škola informatiky a cestovního ruchu SČMSD Humpolec, s.r.o.</t>
   </si>
   <si>
     <t>Ing. Olga Krankusová</t>
   </si>
   <si>
     <t>info@stredniskola.com</t>
   </si>
   <si>
     <t>Střední škola obchodní a služeb SČMSD, Žďár nad Sázavou, s.r.o.</t>
   </si>
   <si>
     <t>Ing. Radka Hronková</t>
   </si>
   <si>
     <t>hronkova@obchodskolazr.cz</t>
   </si>
   <si>
     <t>Střední škola řemesel a služeb Moravské Budějovice</t>
   </si>
   <si>
     <t>Ing. Tomáš Dolejský</t>
   </si>
   <si>
     <t>dolejsky@ssrs.cz</t>
@@ -458,90 +458,90 @@
   <si>
     <t>Střední škola stavební Jihlava</t>
   </si>
   <si>
     <t>Ing. Markéta Metelková</t>
   </si>
   <si>
     <t>mmetelkova@ssstavji.cz</t>
   </si>
   <si>
     <t>Střední škola stavební Třebíč</t>
   </si>
   <si>
     <t>Ing. Jiří Kurka</t>
   </si>
   <si>
     <t>kurka@stavtr.cz</t>
   </si>
   <si>
     <t>Střední škola technicko-ekonomická Chotěboř</t>
   </si>
   <si>
     <t>Mgr. Luděk Benák</t>
   </si>
   <si>
-    <t>skola@sste.cz</t>
+    <t>benak@sste.cz</t>
   </si>
   <si>
     <t>Střední uměleckoprůmyslová škola Jihlava-Helenín</t>
   </si>
   <si>
     <t>Mgr. Silvie Čermáková</t>
   </si>
   <si>
     <t>reditel@helenin.cz</t>
   </si>
   <si>
     <t>Střední zdravotnická škola a Vyšší odborná škola zdravotnická Havlíčkův Brod</t>
   </si>
   <si>
     <t>Mgr. Radka Bouchalová</t>
   </si>
   <si>
-    <t>zdravskol@zdravskolhb.cz</t>
+    <t>rbouchalova@zdravskolhb.cz</t>
   </si>
   <si>
     <t>Střední zdravotnická škola a Vyšší odborná škola zdravotnická Žďár nad Sázavou</t>
   </si>
   <si>
     <t>Mgr. Stanislav Šmerda</t>
   </si>
   <si>
     <t>smerda@szszr.cz</t>
   </si>
   <si>
     <t>Škola ekonomiky a cestovního ruchu, soukromá střední odborná škola s. r. o.</t>
   </si>
   <si>
     <t>Ing. David Vítek</t>
   </si>
   <si>
     <t>skola@secr.cz</t>
   </si>
   <si>
-    <t>TRIVIS - Střední škola veřejnoprávní Jihlava, s. r. o.</t>
+    <t>TRIVIS - Střední škola veřejnoprávní Jihlava, s.r.o.</t>
   </si>
   <si>
     <t>Ing. Dušan Hasoň</t>
   </si>
   <si>
     <t>hason@trivis.cz</t>
   </si>
   <si>
     <t>Vyšší odborná škola a Střední škola hotelová SČMSD Pelhřimov, s. r. o.</t>
   </si>
   <si>
     <t>Mgr. Libor Capák</t>
   </si>
   <si>
     <t>lcapak@hs-pe.cz</t>
   </si>
   <si>
     <t>Vyšší odborná škola a Střední škola veterinární, zemědělská a zdravotnická Třebíč</t>
   </si>
   <si>
     <t>Ing. Lenka Francová, MBA</t>
   </si>
   <si>
     <t>lenka.francova@szstrebic.cz</t>
   </si>
@@ -1361,62 +1361,62 @@
         <v>120</v>
       </c>
       <c r="B41" t="s">
         <v>121</v>
       </c>
       <c r="C41" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>123</v>
       </c>
       <c r="B42" t="s">
         <v>124</v>
       </c>
       <c r="C42" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>126</v>
       </c>
       <c r="B43" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>128</v>
+      </c>
+      <c r="B44" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C44" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>131</v>
       </c>
       <c r="B45" t="s">
         <v>132</v>
       </c>
       <c r="C45" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>134</v>
       </c>
       <c r="B46" t="s">
         <v>135</v>
       </c>
       <c r="C46" t="s">
         <v>136</v>