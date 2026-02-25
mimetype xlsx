--- v1 (2026-01-11)
+++ v2 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Název</t>
   </si>
   <si>
     <t>Ředitel</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Agro-technická střední škola Bystřice nad Pernštejnem</t>
   </si>
   <si>
     <t>Mgr. Miroslav Novák</t>
   </si>
   <si>
     <t>novak.mirek@agts.cz</t>
   </si>
   <si>
     <t>Akademie práva, pedagogiky a podnikání, s.r.o. Střední škola Třebíč</t>
   </si>
   <si>
     <t>Ing. Renata Hrušková</t>
   </si>
   <si>
@@ -500,54 +500,51 @@
   <si>
     <t>rbouchalova@zdravskolhb.cz</t>
   </si>
   <si>
     <t>Střední zdravotnická škola a Vyšší odborná škola zdravotnická Žďár nad Sázavou</t>
   </si>
   <si>
     <t>Mgr. Stanislav Šmerda</t>
   </si>
   <si>
     <t>smerda@szszr.cz</t>
   </si>
   <si>
     <t>Škola ekonomiky a cestovního ruchu, soukromá střední odborná škola s. r. o.</t>
   </si>
   <si>
     <t>Ing. David Vítek</t>
   </si>
   <si>
     <t>skola@secr.cz</t>
   </si>
   <si>
     <t>TRIVIS - Střední škola veřejnoprávní Jihlava, s.r.o.</t>
   </si>
   <si>
-    <t>Ing. Dušan Hasoň</t>
-[...2 lines deleted...]
-    <t>hason@trivis.cz</t>
+    <t>benes@trivis.cz</t>
   </si>
   <si>
     <t>Vyšší odborná škola a Střední škola hotelová SČMSD Pelhřimov, s. r. o.</t>
   </si>
   <si>
     <t>Mgr. Libor Capák</t>
   </si>
   <si>
     <t>lcapak@hs-pe.cz</t>
   </si>
   <si>
     <t>Vyšší odborná škola a Střední škola veterinární, zemědělská a zdravotnická Třebíč</t>
   </si>
   <si>
     <t>Ing. Lenka Francová, MBA</t>
   </si>
   <si>
     <t>lenka.francova@szstrebic.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1492,77 +1489,75 @@
       <c r="A53" t="s">
         <v>155</v>
       </c>
       <c r="B53" t="s">
         <v>156</v>
       </c>
       <c r="C53" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>158</v>
       </c>
       <c r="B54" t="s">
         <v>159</v>
       </c>
       <c r="C54" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>161</v>
       </c>
-      <c r="B55" t="s">
+      <c r="B55"/>
+      <c r="C55" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
+        <v>163</v>
+      </c>
+      <c r="B56" t="s">
         <v>164</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>166</v>
+      </c>
+      <c r="B57" t="s">
         <v>167</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">