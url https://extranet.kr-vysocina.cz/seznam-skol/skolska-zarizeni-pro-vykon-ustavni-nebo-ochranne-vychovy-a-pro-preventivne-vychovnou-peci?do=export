--- v0 (2025-11-22)
+++ v1 (2026-01-07)
@@ -38,78 +38,78 @@
   <si>
     <t>Název</t>
   </si>
   <si>
     <t>Ředitel</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Dětský domov Klubíčko</t>
   </si>
   <si>
     <t>Mgr. et Mgr. Hana Švecová</t>
   </si>
   <si>
     <t>reditel@ddklubicko.cz</t>
   </si>
   <si>
     <t>Dětský domov Korálky</t>
   </si>
   <si>
     <t>Mgr. Martina Buchalová Horská</t>
   </si>
   <si>
-    <t>info@ddkoralky.cz</t>
+    <t>reditelstvi@ddkoralky.cz</t>
   </si>
   <si>
     <t>Dětský domov Telč, Štěpnická 111</t>
   </si>
   <si>
     <t>Mgr. Milan Opravil</t>
   </si>
   <si>
     <t>telc.dr@seznam.cz</t>
   </si>
   <si>
     <t>Dětský domov, Jemnice, Třešňová 748</t>
   </si>
   <si>
     <t>Mgr. et Mgr. Jiřina Kühnelová</t>
   </si>
   <si>
     <t>domov@ddjemnice.cz</t>
   </si>
   <si>
     <t>Dětský domov, Nová Ves u Chotěboře 1</t>
   </si>
   <si>
     <t>Mgr. Zuzana Kalvodová Dymáčková, MBA</t>
   </si>
   <si>
-    <t>dd@doubravanek.cz</t>
+    <t>kalvodova@doubravanek.cz</t>
   </si>
   <si>
     <t>Dětský domov, Rovečné 40</t>
   </si>
   <si>
     <t>Mgr. Radovan Pokorný</t>
   </si>
   <si>
     <t>ddrovecne@seznam.cz</t>
   </si>
   <si>
     <t>Soukromý dětský domov, s. r. o.</t>
   </si>
   <si>
     <t>Mgr. Miroslava Šubíková</t>
   </si>
   <si>
     <t>info@sddholeje.cz</t>
   </si>
   <si>
     <t>Trojlístek – dětský domov a centrum pro rodinu, příspěvková organizace</t>
   </si>
   <si>
     <t>Ing. Šárka Hájková, DiS.</t>
   </si>