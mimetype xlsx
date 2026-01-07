--- v0 (2025-11-22)
+++ v1 (2026-01-07)
@@ -65,141 +65,141 @@
   <si>
     <t>Základní škola  a Praktická škola Moravské Budějovice, Dobrovského 11</t>
   </si>
   <si>
     <t>Mgr. Miroslava Zvěřinová</t>
   </si>
   <si>
     <t>zvermi@zsps.cz</t>
   </si>
   <si>
     <t>Základní škola  Pelhřimov, Komenského 1326</t>
   </si>
   <si>
     <t>Mgr. Bc. Ivana Daňhelová</t>
   </si>
   <si>
     <t>reditel@specialniskolape.cz</t>
   </si>
   <si>
     <t>Základní škola a Mateřská škola při zdravotnických zařízeních Kraje Vysočina</t>
   </si>
   <si>
     <t>Mgr. Jana Sedláková</t>
   </si>
   <si>
-    <t>sedlakova.skoly@atlas.cz</t>
+    <t>sedlakova.j@skolyzz.cz</t>
   </si>
   <si>
     <t>Základní škola a Praktická škola Chotěboř</t>
   </si>
   <si>
     <t>Mgr. Bc. Drahomíra Danielková</t>
   </si>
   <si>
-    <t>specialniskoly.chot@seznam.cz</t>
+    <t>danielkova@zs-chotebor.com</t>
   </si>
   <si>
     <t>Základní škola a Praktická škola Nové Město na Moravě, Malá 154</t>
   </si>
   <si>
     <t>Mgr. Bohuslav Žilka</t>
   </si>
   <si>
-    <t>info@zsmala.cz</t>
+    <t>zilka.b@zsmala.cz</t>
   </si>
   <si>
     <t>Základní škola a Praktická škola Velká Bíteš, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Blanka Gaizurová, MBA</t>
   </si>
   <si>
     <t>reditelka@specskolabites.cz</t>
   </si>
   <si>
     <t>Základní škola a Praktická škola Velké Meziříčí</t>
   </si>
   <si>
     <t>Mgr. Josef Prokop</t>
   </si>
   <si>
     <t>info@zsspecialnivm.cz</t>
   </si>
   <si>
     <t>Základní škola a Praktická škola, U Trojice 2104, Havlíčkův Brod</t>
   </si>
   <si>
     <t>Mgr. Eva Kořínková</t>
   </si>
   <si>
     <t>reditelka@zsutrojice.cz</t>
   </si>
   <si>
     <t>Základní škola a Střední škola Březejc, Sviny 13</t>
   </si>
   <si>
     <t>PaedDr. Blanka Klapalová</t>
   </si>
   <si>
     <t>skola.brezejc@seznam.cz</t>
   </si>
   <si>
     <t>Základní škola Bystřice nad Pernštejnem, Tyršova 106</t>
   </si>
   <si>
     <t>Mgr. Iveta Ostrýžová</t>
   </si>
   <si>
-    <t>iozstbynp@seznam.cz</t>
+    <t>ivetaostryzova@seznam.cz</t>
   </si>
   <si>
     <t>Základní škola při dětské psychiatrické nemocnici Velká Bíteš</t>
   </si>
   <si>
     <t>Mgr. Alice Bednářová</t>
   </si>
   <si>
-    <t xml:space="preserve">bednarova@zsdpnbites.cz </t>
+    <t>bednarova@zsdpnbites.cz</t>
   </si>
   <si>
     <t>Základní škola speciální a Praktická škola Jihlava, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Zuzana Šimková</t>
   </si>
   <si>
     <t>reditelstvi@pomskola.cz</t>
   </si>
   <si>
     <t>Základní škola Třebíč, Cyrilometodějská  22</t>
   </si>
   <si>
     <t>Mgr. Milan Šelle</t>
   </si>
   <si>
-    <t>specskoly@volny.cz</t>
+    <t>m.selle@specskolytrebic.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>