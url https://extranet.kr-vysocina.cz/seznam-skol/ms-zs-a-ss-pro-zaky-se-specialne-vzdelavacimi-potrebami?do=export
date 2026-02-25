--- v1 (2026-01-07)
+++ v2 (2026-02-25)
@@ -128,51 +128,51 @@
   <si>
     <t>Základní škola a Praktická škola, U Trojice 2104, Havlíčkův Brod</t>
   </si>
   <si>
     <t>Mgr. Eva Kořínková</t>
   </si>
   <si>
     <t>reditelka@zsutrojice.cz</t>
   </si>
   <si>
     <t>Základní škola a Střední škola Březejc, Sviny 13</t>
   </si>
   <si>
     <t>PaedDr. Blanka Klapalová</t>
   </si>
   <si>
     <t>skola.brezejc@seznam.cz</t>
   </si>
   <si>
     <t>Základní škola Bystřice nad Pernštejnem, Tyršova 106</t>
   </si>
   <si>
     <t>Mgr. Iveta Ostrýžová</t>
   </si>
   <si>
-    <t>ivetaostryzova@seznam.cz</t>
+    <t>ostryzova@zstbynp.cz</t>
   </si>
   <si>
     <t>Základní škola při dětské psychiatrické nemocnici Velká Bíteš</t>
   </si>
   <si>
     <t>Mgr. Alice Bednářová</t>
   </si>
   <si>
     <t>bednarova@zsdpnbites.cz</t>
   </si>
   <si>
     <t>Základní škola speciální a Praktická škola Jihlava, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Zuzana Šimková</t>
   </si>
   <si>
     <t>reditelstvi@pomskola.cz</t>
   </si>
   <si>
     <t>Základní škola Třebíč, Cyrilometodějská  22</t>
   </si>
   <si>
     <t>Mgr. Milan Šelle</t>
   </si>