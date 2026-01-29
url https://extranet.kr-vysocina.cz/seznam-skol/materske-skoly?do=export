--- v0 (2025-11-22)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="375">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
   <si>
     <t>Název</t>
   </si>
   <si>
     <t>Ředitel</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Chaloupky o.p.s. a lesní mateřská škola</t>
   </si>
   <si>
     <t>RNDr. Josef Zetěk</t>
   </si>
   <si>
     <t>reditel@chaloupky.cz</t>
   </si>
   <si>
     <t>Církevní mateřská škola Jonáš</t>
   </si>
   <si>
     <t>Mgr. Petra Koblicová</t>
   </si>
   <si>
@@ -98,54 +98,54 @@
   <si>
     <t>vachova@msdemlova.cz</t>
   </si>
   <si>
     <t>Mateřská škola Beránek, Malý Beranov</t>
   </si>
   <si>
     <t>Bc. Liběna Vlachová</t>
   </si>
   <si>
     <t>msmberanov@ji.cz</t>
   </si>
   <si>
     <t>Mateřská škola Bítovčice, příspěvková organizace</t>
   </si>
   <si>
     <t>Eva Čermáková</t>
   </si>
   <si>
     <t>ms.bitovcice@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Bobrová, příspěvková organizace</t>
   </si>
   <si>
-    <t>Mgr. Gabriela Mikišková</t>
-[...2 lines deleted...]
-    <t>ms.bobrova@tiscali.cz</t>
+    <t>Mgr. Soňa Šikolová</t>
+  </si>
+  <si>
+    <t>ms.bobrova@mestysbobrova.cz</t>
   </si>
   <si>
     <t>Mateřská škola Březí, příspěvková organizace</t>
   </si>
   <si>
     <t>Alena Vrbková</t>
   </si>
   <si>
     <t>skolkabrezi@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Budíkov</t>
   </si>
   <si>
     <t>Jana Neuberová</t>
   </si>
   <si>
     <t>msbudikov.neuberova@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Budišov - příspěvková organizace</t>
   </si>
   <si>
     <t>Bc. Michaela Večeřová</t>
   </si>
@@ -284,72 +284,63 @@
   <si>
     <t>Mgr. Alena Žáková</t>
   </si>
   <si>
     <t>reditelkamsjabula@gmail.com</t>
   </si>
   <si>
     <t>Mateřská škola Jámy - příspěvková organizace, okres Žďár nad Sázavou</t>
   </si>
   <si>
     <t>Ivana Mottlová</t>
   </si>
   <si>
     <t>msjamy@centrum.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Mateřská škola Jaroměřice nad Rokytnou </t>
   </si>
   <si>
     <t>Mgr. Jarmila Soukupová</t>
   </si>
   <si>
     <t>ms@ms-jaromerice.cz</t>
   </si>
   <si>
-    <t>Mateřská škola Jersín 80, příspěvková organizace</t>
-[...7 lines deleted...]
-  <si>
     <t>Mateřská škola Kaliště</t>
   </si>
   <si>
     <t>Pavlína Píchová</t>
   </si>
   <si>
     <t>mskaliste.pichova@email.cz</t>
   </si>
   <si>
     <t>MATEŘSKÁ ŠKOLA KALIŠTĚ, okres Jihlava, příspěvková organizace</t>
   </si>
   <si>
-    <t>Miroslava Kadlecová</t>
+    <t>Jaroslava Lojková</t>
   </si>
   <si>
     <t>beruska@ms-kaliste.cz</t>
   </si>
   <si>
     <t>Mateřská škola Kámen, okres Pelhřimov</t>
   </si>
   <si>
     <t>Dagmar Mikešová</t>
   </si>
   <si>
     <t>mskamen@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Kamínek, příspěvková organizace</t>
   </si>
   <si>
     <t>Bc. Soňa Valová</t>
   </si>
   <si>
     <t>ms.kaminek@email.cz</t>
   </si>
   <si>
     <t>Mateřská škola KAŠTÁNEK, Rantířov, příspěvková organizace</t>
   </si>
@@ -503,51 +494,51 @@
   <si>
     <t>mshusova@tiscali.cz</t>
   </si>
   <si>
     <t>Mateřská škola Náměšť nad Oslavou Třebíčská, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Ivana Šanderová</t>
   </si>
   <si>
     <t>mstrebicska@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Nárameč, príspěvková organizace</t>
   </si>
   <si>
     <t>Lenka Šmídová</t>
   </si>
   <si>
     <t>ms@naramec.cz</t>
   </si>
   <si>
     <t>Mateřská škola Nevcehle, příspěvková organizace</t>
   </si>
   <si>
-    <t>Eva Nováková</t>
+    <t>Jana Krechlerová</t>
   </si>
   <si>
     <t>msnevcehle@tiscali.cz</t>
   </si>
   <si>
     <t>Mateřská škola Nížkov, příspěvková organizace</t>
   </si>
   <si>
     <t>Bc. Iva Štikarová</t>
   </si>
   <si>
     <t>msnizkov@seznam.cz</t>
   </si>
   <si>
     <t>MATEŘSKÁ ŠKOLA Nové Dvory, příspěvková organizace</t>
   </si>
   <si>
     <t>Blanka Šulcová, DiS.</t>
   </si>
   <si>
     <t>ms@novedvory.eu</t>
   </si>
   <si>
     <t>Mateřská škola Nové Město na Moravě,příspěvková organizace</t>
   </si>
@@ -818,51 +809,51 @@
   <si>
     <t>skolka@ms-senozaty.cz</t>
   </si>
   <si>
     <t>Mateřská škola Stránecká Zhoř, příspěvková organizace</t>
   </si>
   <si>
     <t>Bc. Iveta Hobzová</t>
   </si>
   <si>
     <t>ms.strzhor@tiscali.cz</t>
   </si>
   <si>
     <t>Mateřská škola Stříbrné Hory</t>
   </si>
   <si>
     <t>Barbora Žáková</t>
   </si>
   <si>
     <t>msstribrnehory@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Střítež</t>
   </si>
   <si>
-    <t>Bc. Veronika Sobotková</t>
+    <t>Bc. Veronika Hrbáčová</t>
   </si>
   <si>
     <t>ms.stritez@email.cz</t>
   </si>
   <si>
     <t>Mateřská škola Studnička</t>
   </si>
   <si>
     <t>Daniela Součková</t>
   </si>
   <si>
     <t>skolka@vysokestudnice.eu</t>
   </si>
   <si>
     <t>Mateřská škola Sudice,okres Třebíč,příspěvková organizace</t>
   </si>
   <si>
     <t>Ivana Suchá</t>
   </si>
   <si>
     <t>mssudice@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Svatoslav</t>
   </si>
@@ -1007,51 +998,51 @@
   <si>
     <t>ms.vatin@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Věchnov, příspěvková organizace</t>
   </si>
   <si>
     <t>Bc. Jana Bělíková, Dis</t>
   </si>
   <si>
     <t>msvechnov@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Velká Bíteš, Masarykovo náměstí 86, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Hana Sedláková</t>
   </si>
   <si>
     <t>skolka.bites@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Velká Bíteš, U Stadionu 538, příspěvková organizace</t>
   </si>
   <si>
-    <t>Jiřina Janíková</t>
+    <t>Mgr. Naděžda Burianová</t>
   </si>
   <si>
     <t>reditelka@msbites.cz</t>
   </si>
   <si>
     <t>Mateřská škola Velká Chyška</t>
   </si>
   <si>
     <t>Jana Rakouská</t>
   </si>
   <si>
     <t>ms@velkachyska.cz</t>
   </si>
   <si>
     <t>Mateřská škola Velké Meziříčí, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Zdeňka Požárová</t>
   </si>
   <si>
     <t>reditelkams@skolkavm.cz</t>
   </si>
   <si>
     <t>Mateřská škola Vídeň</t>
   </si>
@@ -1079,81 +1070,81 @@
   <si>
     <t>ms.viska@centrum.cz</t>
   </si>
   <si>
     <t>Mateřská škola Vojnův Městec, příspěvková organizace</t>
   </si>
   <si>
     <t>Jana Losenická Ondráčková</t>
   </si>
   <si>
     <t>msvojnuvmestec@seznam.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Mateřská škola Za Branou </t>
   </si>
   <si>
     <t>Bc. Dana Maděrová</t>
   </si>
   <si>
     <t>ms.zabranou.pacov@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Zachotín, okres Pelhřimov</t>
   </si>
   <si>
-    <t>Gabriela Muschová</t>
+    <t>Lucie Chadimová</t>
   </si>
   <si>
     <t>zachotin@seznam.cz</t>
   </si>
   <si>
     <t>Mateřská škola Žďár nad Sázavou, příspěvková organizace</t>
   </si>
   <si>
     <t>Mgr. Iveta Klusáková</t>
   </si>
   <si>
     <t>reditelstvi@mszdar.cz</t>
   </si>
   <si>
     <t>Mateřská škola Ždírec</t>
   </si>
   <si>
     <t>Mgr. Jitka Bednářová</t>
   </si>
   <si>
     <t>mszdirec@tiscali.cz</t>
   </si>
   <si>
     <t>Mateřská škola Žižkovo Pole, okres Havlíčkův Brod</t>
   </si>
   <si>
-    <t>Michala Najmanová, DiS</t>
-[...2 lines deleted...]
-    <t>mszpole@zizkovopole.cz</t>
+    <t>Kateřina Klementová</t>
+  </si>
+  <si>
+    <t>mszizkovopole@gmail.com</t>
   </si>
   <si>
     <t>Mateřská škola, Střítež 177, okres Třebíč, příspěvková organizace</t>
   </si>
   <si>
     <t>Naďa Musilová</t>
   </si>
   <si>
     <t>ms.stritez@seznam.cz</t>
   </si>
   <si>
     <t>Soukromá mateřská škola Bambino, o.p.s.</t>
   </si>
   <si>
     <t>Věra Chladová</t>
   </si>
   <si>
     <t>vera.chladova@seznam.cz</t>
   </si>
   <si>
     <t>Speciální mateřská škola Třebíč</t>
   </si>
   <si>
     <t>Bc. Radek Drápela</t>
   </si>
@@ -1496,51 +1487,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C125"/>
+  <dimension ref="A1:C124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
@@ -2871,61 +2862,50 @@
       </c>
       <c r="C122" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>366</v>
       </c>
       <c r="B123" t="s">
         <v>367</v>
       </c>
       <c r="C123" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>369</v>
       </c>
       <c r="B124" t="s">
         <v>370</v>
       </c>
       <c r="C124" t="s">
         <v>371</v>
-      </c>
-[...9 lines deleted...]
-        <v>374</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">